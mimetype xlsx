--- v0 (2025-10-21)
+++ v1 (2026-03-26)
@@ -10,3478 +10,4161 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2399" uniqueCount="1070">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2998" uniqueCount="1273">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>P.L.O</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._001-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE EMENDA NA LEI 7412/2017, ONDE ACRESCENTA NOVA REDAÇÃO AO ARTIGO 14, I, ALINEA C, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n._002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n._002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe: "Sobre a Criação do Departamento de Proteção Social Especial - DPSE, para Prestação de Serviços de Média Complexidade, Vinculado a Secretaria Municipal de Assistência Social, em consonância com as Leis Federais que regem a matéria".</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n._003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n._003-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A IMPLANTAÇÃO DO SERVIÇO MÓVEL DE URGÊNCIA - SAMU (192) - NO ÂMBITO DO MUNICÍPIO DE RIO CRESPO-RO, VINCULANDO A SECRETARIA MUNICIPAL DE SAÚDE - SEMSAU, COMO BASE DESCENTRALIZADA DE ARIQUEMES/RO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_de_lei_no004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_de_lei_no004-2025.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária  vigente, para atender ao plano de Ação nº 0903/2024-066989, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Construção de Espaços Públicos – Praça Pública Central".</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_no005-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_no005-2025.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº 0903/2024-066277, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de um veículo tipo van para transporte de pessoas, voltadas às políticas educacionais do município".</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no006-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no006-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº0903/2024-070578, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de tubos ármicos, destinados às estradas rurais do município".</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_n007-2024.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_n007-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao termo do Convênio nº 12/2025/PGE_x0002_SEAGRI, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a Aquisição dos seguintes bens: 03 balanças de 300 kg, 02 câmaras frias, 01 descascador e lavador, 01 grades niveladora e 01 seladora embalagem (melhor descritos no plano de trabalho), visando a realização dos serviços de pesagem de produtos, armazenamento e conservação de alimentos, remoção da casca e limpeza de produtos, nivelamento de terrenos, entre outros".</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_n008-2024.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_n008-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Contrato de Repasse nº 947456/2023/MDASCF/CAIXA, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio da Caixa Econômica Federal, objetivando a execução de ações relativas à Estruturação da rede de serviços do Sistema Único de Assistência Social – SUAS – Ampliação do Centro de Referência a Assistência Social."</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_009-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_009-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre princípios e diretrizes para a elaboração e implementação das políticas públicas pela Primeira Infância no Município de Rio Crespo-RO, e sobre o Plano Municipal pela Primeira Infância e dá outras providências."</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no010-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no010-2025.pdf</t>
   </si>
   <si>
     <t>"SOBRE A EMENDA DO ARTIGO 2º DA LEI 1047/2022, ACRESCENDO O PARAGRAFO 2º, COM A CRIAÇÃO DE MAIS DOIS CARGOS DE AGENTES DE CONTRATAÇÃO, NO EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_no011-2025..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_no011-2025..pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA MULHER - COMDIM, E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_no012-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_no012-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA REALIZAÇÃO DE REMANEJAMENTO, TRANSFERÊNCIAS E TRANSPOSIÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS DA LEI ORÇAMENTÁRIA ANUAL - LOA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/880/projeto_de_lei_no013-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/880/projeto_de_lei_no013-2025.pdf</t>
   </si>
   <si>
     <t>"SOBRE A EMENDA AO ANEXO I DA LEI 853/2019 - CARGOS EFETIVOS, NA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL."</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_n014-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_n014-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº09032023-038701,na modalidade de Transferência Especial, oriundo da União Federal para o Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de um veículo tipo camioneta para a Secretaria Municipal de Saúde."</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_n015-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_n015-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$187.775,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO APARELHO ULTRASSONOGRAFIA, PARA UNIDADE BÁSICA DE SAÚDE (CNES 7177720)."</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n016-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n016-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$206.283,00, para atender ao Plano de Trabalho - Proposta nº07017/2024-22, celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE EQUIPAMENTOS LABORATORIAIS PARA O HOSPITAL DE PEQUENO PORTE ELIAS DE OLIVEIRA LIMA (CNES 7177739)."</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n017-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n017-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Termo de Convênio nº40/2025/PGE/DERADM, conforme descrito no Plano de Trabalho (I.d.0051554143) celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, visando a Recuperação de Estradas Vicinais."</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n018-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n018-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$256.006,67 (Duzentos e cinquenta e seis mil e seis reais e sessenta e sete centavos), destinados à aquisição de um Veículo Automotor tipo Pick-up para atender a Secretaria de Obras de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no019-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no019-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$164.000,00, para atender a Proposta nº07017/2024-12, celebrado entre o Estado da Saúde  - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE SISTEMA ULTRASSONOGRAFIA DIGITAL PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA (CNES 7177739)."</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no020-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no020-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$110.416,20, para atender ao Plano de Trabalho - Proposta nº07007/2024-07, Processo nº442/2024 celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE APARELHOS E EQUIPAMENTOS HOSPITALARES PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA (CNES 7177739)."</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_no021-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_no021-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$80.545,30, para atender ao Plano de Trabalho - Proposta nº07017/2024-07, celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO IMPLANTES SUBDERMICO DE ETONOGESTREL 68mg, PARA UNIDADE BÁSICA DE SAÚDE (CNES 7177720)."</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei_no022-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei_no022-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Despesas extraordinárias em ações e serviços do Sistema Único de Assistência Social (SUAS), oriundo do Fundo Nacional de Assistência Social ao Município de Rio Crespo/RO, visando atender aos Serviços de Assistência Social do município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_no023-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_no023-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$70.676,56, para atender ao Plano de Trabalho - Proposta nº07018/2024-05, celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO MATERIAL PERMANENTE PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA (CNES 7177739)."</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no024-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no024-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 2º, ALINEA A), DA LEI MUNICIPAL N.988/2022, E O ANEXO I, DA LEI MUNICIPAL N.1.135/2023”.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no025-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no025-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A ALINEA A), DO ART. 2º, E O ART. 9º, “CAPUT”, E ANEXO I, DA LEI MUNICIPAL N.989/2022”.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no026-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no026-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre rendimentos dos conselheiros tutelares do Município de Rio Crespo, e dá outras providências."</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_no027-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_no027-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS REQUISITOS PREVISTO NO CARGO DE SUPERINTENDENTE DE ORÇAMENTO, ARRECADAÇÃO E FINANÇAS, QUANTO À ESCOLARIDADE."</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no028-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no028-2025.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., PARA AQUISIÇÃO DE ÔNIBUS PARA TRANSPORTE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no029-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no029-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_no030-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_no030-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_lei_no031-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_lei_no031-2025.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências. "</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_lei_no032-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_lei_no032-2025.pdf</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_no033-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_no033-2025.pdf</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_lei_no034-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_lei_no034-2025.pdf</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no035-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no035-2025.pdf</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_no036-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_no036-2025.pdf</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_no037-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_no037-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências."</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/951/projeto_de_lei_no_038-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/951/projeto_de_lei_no_038-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração no artigo 1º da lei 676/2014, acrescendo o cargo de psicólogo e nutricionista nas gratificações do SUS, e dá outras providências."</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no__039-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no__039-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre revogação da lei 1003/2022, que modifica o percentual do adicional de difícil acesso constante na lei 848/2019, e dá outras providências."</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_no_040-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_no_040-2025.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei__no_041-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei__no_041-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências."</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_no_042-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_no_042-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá_x000D_
 Outras Providências."</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_no_43-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_no_43-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_no_44-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_no_44-2025.pdf</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_no_045-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_no_045-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: AUTORIZAÇÃO AO EXECUTIVO MUNICIPAL, PARA REALIZAR DOAÇÃO DE UM TERRENO/IMÓVEL URBANO PARA IGREJA CONVENÇÃO BATISTA DO ESTADO DE RONDÔNIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_no_no_046-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_no_no_046-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a mudança de vinculação_x000D_
 administrativa e orçamentaria do Conselho Tutelar_x000D_
 para o Gabinete do Prefeito e dá outras providências."</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_no_047-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_no_047-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: SOBRE A CONCESSÃO DE AUXÍLIO AGROFEIRA_x000D_
 AOS SERVIDORES PÚBLICOS MUNICIPAIS, PARA_x000D_
 FOMENTAR A AGRICULTURA FAMILIAR MUNICIPAL E_x000D_
 DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_no_048-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_no_048-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação do artigo 57 da Lei_x000D_
 1071/2022 e dá outras providências."</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_n_o049-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_n_o049-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A MAJORAÇÃO DOS VALORES RECEBIDOS_x000D_
 COMO GRATIFICAÇÃO ESPECIAL AOS SERVIDORES_x000D_
 ATUANTES NA COMISSÃO DE REGULARIZAÇÃO FUNDIÁRIA_x000D_
 DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_no_050-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_no_050-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe: Altera o artigo 12 da Lei Municipal nº_x000D_
 531/2011, que dispõe sobre o Plano de Cargos,_x000D_
 Carreira e Vencimentos dos Servidores Públicos da_x000D_
 Câmara Municipal de Rio Crespo-RO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no_051-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no_051-2025.pdf</t>
   </si>
   <si>
     <t>'' Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 nº4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n_052-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n_052-2025.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_n_053-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_n_053-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE EMENDA NA LEI Nº1231/2025, ONDE_x000D_
 MODIFICA O NÚMERO DA QUADRA DO IMÓVEL DOADO, DA_x000D_
 QUADRA 25 PARA QUADRA 24, MANTENDO O RESTANTE DA_x000D_
 LEI DE DOAÇÃO DE TERRENO E DA OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_no_054.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_no_054.pdf</t>
   </si>
   <si>
     <t>"Revoga os incisos I e II do artigo 3°,_x000D_
 os artigos 8º e 9º da Lei Municipal n° 1.046, de 25_x000D_
 de outubro de 2022, no âmbito do Poder Público_x000D_
 Municipal de Rio Crespo- RO".</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n_055-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n_055-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7°, 41 e 42, da Lei_x000D_
 n°4.320/64 e dá outras providências".</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_no_056-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_no_056-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente, conforme art. 7°, 41 e 42, da Lei_x000D_
 n°4.320/64 e dá outras providências".</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_057-2025_1.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_057-2025_1.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre REFORMULAÇÃO ADMINISTRATIVA ao Orçamento vigente por meio de REMANEJAMENTO, e dá outras providências".</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_lei_no_058-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_lei_no_058-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providência".</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_059-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_059-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei nº 4.320/64, e dá outras providências".</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_no_060-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_no_060-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "SOBRE EMENDA ALTERANDO O ART. 2°._x000D_
 INCISO III, DA LEI QUE INSTITUI DE CRIAÇÃO DO_x000D_
 AUXÍLIO AGROFEIRA, EXTINGUINDO O PRAZO_x000D_
 EXISTENTE DE ACUMULAÇÃO DE SALDO DO_x000D_
 CARTÃO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_no_061-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_no_061-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO_x000D_
 ESPECIAL AOS SERVIDORES ATUANTES NA_x000D_
 COMISSÃO DA DEFESA CIVIL DO MUNICIPIO DE_x000D_
 RIO CRESPO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_062-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_062-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA AS LEIS MUNICIPAIS N° 853/2019 E_x000D_
 859/2019. PARA INCLUIR CARGOS EM COMISSÃO_x000D_
 DE COORDENADORES, NO GABINETE DO_x000D_
 PREFEITO, SECRETARIA DE OBRAS, SECRETARIA_x000D_
 DE GESTÃO PÚBLICA E PLANEJAMENTO, E NA_x000D_
 SECRETARIA SAÚDE, E DA OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_no_063-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_no_063-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal de_x000D_
 Segurança Alimentar e Nutricional (COMSEA) e da_x000D_
 Câmara Municipal Intersetorial de Segurança Alimentar e_x000D_
 Nutricional (CAISAN) do município de Rio Crespo,_x000D_
 Estado de Rondônia, no âmbito do Sistema Nacional de_x000D_
 Segurança Alimentar e Nutricional - SISAN, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_no_064-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_no_064-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 7° DA LEI_x000D_
 MUNICIPAL N° 808/2018, QUE DISPÕE SOBRE A_x000D_
 CONCESSÃO DE BENEFÍCIOS EVENTUAIS, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_no_065-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_no_065-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_066-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_066-2025.pdf</t>
   </si>
   <si>
     <t>"Institui a Agenda Transversal dos Direitos de Crianças e_x000D_
 Adolescentes no Município de Rio Crespo- RO, em_x000D_
 consonância com as diretrizes do Selo UNICEF e do Estatuto da_x000D_
 Criança e do Adolescente, e dá outras providências."</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/projeto_de_lei_n_067-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/projeto_de_lei_n_067-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre_x000D_
 Rio CRESPO_x000D_
 CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64_x000D_
 e dá outras providências."</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_n_068-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_n_068-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41_x000D_
 e 42, da Lei 4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n_069-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n_069-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a reajustar em 5% (cinco por_x000D_
 cento) os salários dos professores da Secretaria Municipal de_x000D_
 Educação, referente à parte do piso salarial estabelecido pelo_x000D_
 Governo Federal relativo aos anos de 2024 e 2025, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1053/projeto_de_lei_n_070-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1053/projeto_de_lei_n_070-2025.pdf</t>
   </si>
   <si>
     <t>"Institui a Ouvidoria Municipal de Rio Crespo/RO, dispõе_x000D_
 sobre sua estrutura, funcionamento e competências, cria o_x000D_
 cargo de Ouvidor(a) Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/projeto_de_lei_no_071-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/projeto_de_lei_no_071-2025.pdf</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_no_072-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_no_072-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7°, 41 e 42, da Lei_x000D_
 n°4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_lei_no_073-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_lei_no_073-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 853/2019, РARA_x000D_
 MODIFICAR A NOMENCLATURA DE UM CARGO EM_x000D_
 COMISSÃO NO ANEXO II, NA SECRETARIA_x000D_
 MUNICIPAL DE ASSISTÊNCIA SOCIAL E INCLUIR UM_x000D_
 NOVO CARGO EM COMISSÃO NA SECRETARIA_x000D_
 MUNICIPAL DE ASSISTÊNCIA SOCIAL, E DA OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_074-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_074-2025.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE OS VALORES A SEREM PAGOS A_x000D_
 TÍTULO DE AUXÍLIO MORADIA AOS MÉDICOS QUE_x000D_
 LABORAM NO MUNICÍPIO, VINCULADOS AOS PROGRAMAS MAIS MÉDICOS PARA O BRASILE_x000D_
 MÉDICOS PELO BRASIL, E DA OUTRAS_x000D_
 PROVIDENCIAS."</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_no_075-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_no_075-2025.pdf</t>
   </si>
   <si>
     <t>"IMPLEMENTA A LEI FEDERAL 13.431 DE 04 DE_x000D_
 ABRIL DE 2017, E ESTABELECE O SISTEMA DE_x000D_
 GARANTIA DE DIREITOS DA CRIANÇA E DO_x000D_
 ADOLESCENTE, VÍTIMA OU TESTEMUNHA DE_x000D_
 VIOLENCIA NO MUNICIPIO DE RIO CRESPO-RO., E_x000D_
 DA OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_no_076-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_no_076-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41_x000D_
 e 42, da Lei 4.320/64 e dá outras providências".</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_no_077-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_no_077-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da base de cálculo do Imposto sobre_x000D_
 Transmissão Inter Vivos de Bens Imóveis e de Direitos Reais sobre_x000D_
 Imóveis (ITBI) com sede no Município de Rio Crespo e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/pojeto_de_lei_n._078_-_ldo_2026.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/pojeto_de_lei_n._078_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da_x000D_
 Lei Orçamentária para o exercício de 2026, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n._079_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n._079_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>"INSTITUI 0 PLAN0 PLURIANUAL N0 ÂMBIT0_x000D_
 DO MUNICÍPIO DE RIO CRESPO-RO PARA_x000D_
 PERÍODO DE 2026 A 2029, E DA OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._080_-_loa_2026.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._080_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>''ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE RIO CRESPO PARA O_x000D_
 EXERCÍCIO FINANCEIRO DE 2026. ''</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_no_081-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_no_081-2025.pdf</t>
   </si>
   <si>
     <t>"Cria a Secretaria Municipal de Cultura, Desporto e Lazer-SECDEL, altera a Lei Municipal nº 852/2019, a Lei Municipal nº 853/2019 e a Lei Municipal nº 1071/2022, cria cargo e transfere alguns cargos existentes nos quadros da Secretaria Municipal de Educação, e a redenomina, e dá outras providências."</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_no_082-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_no_082-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência do órgão/setor Meio Ambiente, da Secretaria de Agricultura e Meio Ambiente - SEAMA , para a Secretaria Municipal de Serviços Urbanos - SEMSU, altera a Lei Municipal nº 852/2019, a Lei Municipal nº 853/2019, e transfere para Secretaria de Secretaria de Serviços Urbanos alguns cargos existentes nos quadros da Secretaria Municipal de Agricultura e Meio Ambiente, e redenomina as duas secretarias atingidas por esta Lei, e dá outras providências."</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_no_083-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_no_083-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei n°4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_no_084-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_no_084-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: ALTERAR O NÚMERO DE VAGAS DO CARGO DE ASSESSOR JURIDICO ESPECIAL PREVISTO NA LEI N°964/2021, E O NÚMERO DE VAGA DO CONTADOR, PREVISTO NO ANEXO II DA LEI N°859/2019."</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_no_085-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_no_085-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Autorização ao chefe do poder Executivo Municipal pagar premiações ao projeto pedagógico_x000D_
 Soletrando e dá outras procidências."</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_no_086-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_no_086-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7°,_x000D_
 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_no_087-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_no_087-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL INGRESSAR_x000D_
 NO CONSÓRCIO INTERFEDERATIVO DE_x000D_
 DESENVOLVIMENTO DE RONDÔNIA -_x000D_
 CINDERONDÔNIA, E RATIFICA O PROTOCOLO DE_x000D_
 INTENÇÕES CONVERTIDO EM CONTRATO DE_x000D_
 CONSÓRCIO PÚBLICO, FIRMADO ENTRE_x000D_
 MUNICIPIOS DE RONDÔNIA E O ESTADO DE_x000D_
 RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_no_088-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_no_088-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE DILIGÊNCIAS PARA_x000D_
 FINS DE APOIO ÀS CAMPANHAS DE VACINAÇÃO HUMANA_x000D_
 E ANIMAL NO MUNICÍPIO DE RIO CRESPO/RO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_no_089-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_no_089-2025.pdf</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_no_090-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_no_090-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: SOBRE EMENDA ALTERANDO O ART._x000D_
 156 DA LEI N° 508/2010, QUE REGULAMENTA O SISTEMA TRIBUTÁRIO DE RIO CRESPO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_no_091-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_no_091-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A CARTEIRA MUNICIPAL DE IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA - CMIA NO MUNICÍPIO DE RIO CRESPO/RO E DA DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/projeto_de_lei_no_092-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/projeto_de_lei_no_092-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_no_093-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_no_093-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_no_094-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_no_094-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7°, 41 e 42, da Lei_x000D_
 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_no_095-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_no_095-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_no_096-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_no_096-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE: REGULAMENTAR A LEI_x000D_
 FEDERAL N° 13.722/2018 (LEI LUCAS), QUE IMPÕE_x000D_
 A OBRIGATORIEDADE DA REALIZAÇÃO DE_x000D_
 CURSOS DE PRIMEIROS SOCORROS POR_x000D_
 PROFESSORES E FUNCIONÁRIOS QUE TENHAM_x000D_
 CONTATO DIRETO COM OS ALUNOS NAS_x000D_
 CRECHES E ESCOLAS DO MUNICÍPIO DE RIO_x000D_
 CRESPO-RO, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_no_097-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_no_097-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA_x000D_
 CIDADE LIMPA NO MUNICÍPIO DE RIO_x000D_
 CRESPO/RO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_no_098-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_no_098-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “ALTERAR O NÚMERO DE VAGAS DO CARGO_x000D_
 DE ASSESSOR INSTITUCIONAL, JUNTО АО PODER_x000D_
 LEGISLATIVO, PREVISTO NO ANEXO II DA LEI_x000D_
 N°853/2019 E NA LEI N°1.055/2022."</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_no_099-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_no_099-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA MUNICIPAL DE_x000D_
 AQUISIÇÃO DE ALIMENTOS DE AGRICULTURA_x000D_
 FAMILIAR NO ÂMBITO DO MUNICÍPIO DE RIO_x000D_
 CRESPO-RO, NA MODALIDADE COMPRA E DOAÇÃO_x000D_
 SIMULTÂNEA E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_100.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_100.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Proceder a Revisão Geral Anual – RGA, para conceder reajuste financeiro em razão das Percas Inflacionarias, aplicado sobre o vencimento dos servidores da Câmara Municipal de Rio Crespo e dá outras providências”.</t>
   </si>
   <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/projeto_de_lei_no_101-2025.pdf</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_no_102-2025.pdf</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_no_103-2025.pdf</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_no_104-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
+Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
+4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_no_105-2025.pdf</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_no_106-2025.pdf</t>
+  </si>
+  <si>
+    <t>"EMENDA A LEI 1046/2022, MODIFICANDO O INCISO_x000D_
+1, DO ARTIGO 4° DA REFERIDA LEI, ONDE SE_x000D_
+POSSIBILITA A NOMEAÇÃO DE FISCAL DE_x000D_
+CONTRATOS PREVISTO NA LEI 14.133/2021, DENTRE_x000D_
+OS SERVIDORES DE CARGOS EFETIVOS OU_x000D_
+COMISSIONADOS E DÁ OUTRAS PROVIDENCIAS."</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1180/projeto_de_lei_no_107-2025.pdf</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_no_108-2025.pdf</t>
+  </si>
+  <si>
+    <t>“EMENDA A LEI 11197/2025, MODIFICANDO O_x000D_
+PARAGRAFO ÚNICO DO ARTIGO 1º DA REFERIDA_x000D_
+LEI, ONDE SE ALTERA O PERCENTUAL PREVISTO_x000D_
+DE 7% PARA 12% PARA REFORMULAÇÕES_x000D_
+ADMINISTRATIVAS E DÁ OUTRAS PROVIDENCIAS."</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_109_de_10_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei nº4.320/64 e dá outra providências.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_no_110_de_10_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7, 41 e 42, da Lei nº4.320 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_d_lei_no_111_de_11_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei nº4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1193/projeto_de_lei_no_112-2025.pdf</t>
+  </si>
+  <si>
+    <t>''AUTORIZA O PODER EXECUTIVO A REALIZAR_x000D_
+CHAMAMENTO PÚBLICO PARA CEDÊNCIA DO_x000D_
+IMÓVEL/PRÉDIO CONSTRUIDO PARA ATENDER_x000D_
+ASSOCIAÇÕES QUE TRABALHAM COM Os_x000D_
+MUNÍCIPES DE RIO CRESPO E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_no_113-2025.pdf</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_no114-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, e 42, da Lei 4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no_115_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: dispõe CRÉDITO ESPECIAL ao  Orçamento Vigente conforme art. 7º, 41 e 42, da lei 4.320/64 e Dá Outras Provedências.</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_116-_2025.pdf</t>
+  </si>
+  <si>
+    <t>"INTITUI A GRATIFICAÇÃO DE DIFÍCIL ACESSO PARA OS CARGOS DE COORDENADOR DE DIVISÃO DO CADASTRO ÚNICO E PROGRAMAS SOCIAIS E DE COORDENADOR DE ENTREVISTAS DO CADASTRO ÚNICO E PROGRAMAS SOCIAIS, VINCULADOR À SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE RIO CRESPO/RO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_no_117-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
+SUPLEMENTAR ao Orçamento vigente conforme art. 7°,_x000D_
+41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_118-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sumula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
+Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
+4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_no_119-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Municipal n° 1.068, de 19 de_x000D_
+dezembro de 2022, para autorizar a concessão do_x000D_
+Abono Natalino vinculado ao Auxílio-Servidor e_x000D_
+dá outras providências."</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/peojeto_de_lei_no_120-2025.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A_x000D_
+REALIZAR/FIRMAR TERMO DE_x000D_
+COOPERAÇÃO TÉCNICA COMо_x000D_
+MUNICÍPIO DE CUJUBIM/RO E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no_121-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE: “CONCEDE ABONO NATALINO, NA_x000D_
+FORMA DE AUXÍLIO EXTRAORDINÁRIO_x000D_
+INDENIZATÓRIO, AOS SERVIDORES DA_x000D_
+CÂMARA MUNICIPAL DE RIO CRESPO-RO".</t>
+  </si>
+  <si>
     <t>872</t>
   </si>
   <si>
     <t>P.R</t>
   </si>
   <si>
     <t>Projeto de Resolução da Camara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_resolucao_no001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_resolucao_no001-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Rio Crespo – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_resolucao_no002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_resolucao_no002-2025.pdf</t>
   </si>
   <si>
     <t>" ALTERA O INCISO I DO ARTIGO 3º, E O ANEXO I DA RESOLUÇÃO Nº003, DE 12 DE DEZEMBRO DE 2023."</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_resolucao_no003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_resolucao_no003-2025.pdf</t>
   </si>
   <si>
     <t>“SÚMULA: Altera a redação do inciso II, do art. 75, do Regimento Interno da Câmara Municipal de Rio Crespo-RO, e da outras providencias.”</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>ODAIR JOSÉ RODRIGUES (MANO GREGORIO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_resolucao_no004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_resolucao_no004-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Constituir “ad hoc”, Comissão Especial para o exame do mérito do Projeto de Emenda à Lei Orgânica do Município de Rio Crespo-RO, atuado na Matéria Legislativa - 1/2025, Tipo: P.E.O - Proposta de Emenda à Lei Orgânica, na data de 17 de fevereiro de 2025”.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>Gabinete da Presidência - Gab-Pres</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_resolucao_no_005-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_resolucao_no_005-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “Altera a redação do inciso II, do art. 75, do Regimento Interno da Câmara Municipal de Rio Crespo-RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_resolucao_no_006-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_resolucao_no_006-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Altera o anexo I da Resolução nº_x000D_
 001/2025, que dispõe sobre a composição das_x000D_
 Comissões Permanentes da Câmara Municipal de_x000D_
 Rio Crespo/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_resolucao_no_007-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_resolucao_no_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Constituir “ad hoc", Comissão Especial para o exame do mérito_x000D_
 da Proposta de Emenda à Lei Orgânica do Município de Rio Crespo-RO,_x000D_
 atuada na Matéria Legislativa - 5/2025, Tipo: P.E.O - Proposta de Emenda à_x000D_
 Lei Orgânica, na data de 11 de agosto de 2025".</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_resolucao_no_008-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_resolucao_no_008-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Constituir “ad hoc", Comissão Especial para o exame do mérito_x000D_
 da Proposta de Emenda à Lei Orgânica do Município de Rio Crespo-RO,_x000D_
 atuada na Matéria Legislativa - 6/2025, Tipo: P.E.O - Proposta de Emenda à_x000D_
 Lei Orgânica, na data de 18 de agosto de 2025".</t>
   </si>
   <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a materialização por ato normativo oriundo da apreciação e julgamento do PARECER PRÉVIO PPL-TC 00017/21, DO TRIBUNAL DE CONTAS DE RONDÔNIA, SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2019, PROFERIDO NOS AUTOS DO PROCESSO N° 2.599/2020-TCE/RO, DO SENHOR EVANDRO EPIFÂNIO DE FARIA, CPF: 299.087.102-06, no âmbito da Câmara Municipal de Rio Crespo-RO.”</t>
+  </si>
+  <si>
     <t>962</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Proposta de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_no_001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_no_001-2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Revoga o Decreto Legislativo nº 012, de 01 de novembro de 2022, que regulamenta a jornada de trabalho diferenciada e o registro de frequência para os servidores titulares de cargo dos setores administrativos estratégicos da Câmara Municipal de Rio Crespo/RO, e determina o retorno ao regime de trabalho presencial.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>P.E.O</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/871/proposta_de_emenda_a_lei_organica_no001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/871/proposta_de_emenda_a_lei_organica_no001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe: "Sobre proposta do Executivo Municipal, onde extingue e modifica dispositivos da Lei Orgânica do Município de Rio Crespo - RO, que dispõe sobre a Advocacia Pública do Município e Sistema de Controle Interno do Município de Rio Crespo-RO, e dá outras providências".</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>Gabinete do Prefeito - Poder Executivo Municipal - PMRC</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_emenda_a_lei_organica_n_002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_emenda_a_lei_organica_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe: Sobre proposta do executivo municipal, onde acresce o inciso I no parágrafo 2º do artigo 99 da Lei Orgânica do Município de Rio Crespo-RO, que dispõe sobre o prazo para o envio para Câmara Municipal do Projeto de Lei de Diretrizes Orçamentária do Município de Rio Crespo-RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1010/proposta_a_de_emenda_a_lei_organica_n_003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1010/proposta_a_de_emenda_a_lei_organica_n_003-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe: Sobre proposta do Executivo Municipal, onde acresce o parágrafo 9º ao artigo 99, da Lei Orgânica do Município de Rio Crespo-RO, que dispõe sobre o prazo para o envio para Câmara Municipal do Projeto de Lei de Diretrizes Orçamentárias do Município de Rio Crespo-RO, e dá outras providências."</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_004.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_004.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Orgânica do Município de Rio_x000D_
 Crespo-RO, referentes à nomeação do Controlador Geral_x000D_
 e revoga a previsão de instituição do Conselho Superior_x000D_
 de Controle Interno."</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/proposta_de_emenda_a_lei_organica_de_rio_crespo_-_ro_n_005.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/proposta_de_emenda_a_lei_organica_de_rio_crespo_-_ro_n_005.pdf</t>
   </si>
   <si>
     <t>"Sobre proposta do Executivo Municipal, acrescenta_x000D_
 parágrafo 9º e parágrafo 10° ao artigo 99, da Lei Orgânica do_x000D_
 Município de Rio Crespo-RO, que dispõe sobre o prazo para_x000D_
 envio para Câmara Municipal do Projeto Lei de Diretrizes_x000D_
 Orçamentária (LDO) e Lei do Orçamento Anual (LOA) do_x000D_
 Município de Rio Crespo-RO, e dá outras providências".</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_006-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_006-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO_x000D_
 MUNICÍPIO DE RIO CRESPO-RO, REFERENTES À_x000D_
 NOMEAÇÃO DO CONTROLADOR GERAL DO MUNICÍPIO."</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>Ind.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RIVELINO DIAS  (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_n001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_n001-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, que em conjunto com o setor competente, realize um estudo técnico para a elaboração de um Projeto de Lei que vise a adoção de providências necessárias para a revogação da Lei nº 1.003/2022, a qual modifica a Lei nº 848/2019."</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>HIAGO MOREIRA GAVIOLI (HIAGO GAVIOLI)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_no002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_no002-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, que, em conjunto com o setor competente, adote as providências necessárias para a implantação de uma lombada (quebra-molas), na Rua Minas Gerais, entre a lanchonete e restaurante Celeiro’s e a distribuidora Oilec."</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no003-2025.pdf</t>
   </si>
   <si>
     <t>"Indica na forma regimental, invocando por analogia o Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo-RO, ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO, EDER DA SILVA, a sugestão institucional para adoção de medidas necessárias no âmbito interno desta Prefeitura, considerando a competência do Município para regulamentar a norma geral de Contratações Pública, na forma do art. 30, inc. I, da CF/1988, art. 187, da Lei n.14.133/2021, e nas RECOMENDAÇOES CONJUNTA N. N.3/2022-Ministério Público de Contas-MPC- e Tribunal de Contas de Rondônia - TCE/RO, e na RECOMENDAÇOES CONJUNTA N. N.354/2023-MPC-RO/TCE-RO, para enviar até esta Casa Legislativa um PROJETO DE LEI MUNICIPAL, para regulamentar a normal geral a fim de alterar o Anexo I, QUADRO III, da Lei Municipal N. 1.046/2022, a fim de majorar a vantagem remuneratória na forma adicional do FISCAL DE CONTRATOS da Câmara Municipal de Rio Crespo para 30% (TRINTA) POR CENTO."</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no004-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, que, em conjunto com o setor competente, adote as providências necessárias para a implantação de uma lombada (quebra-molas), na Rua Justiniano Pereira, em frente à residência da Professora GRAÇA, próximo à Rua 13 de Fevereiro."</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n_005-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n_005-2025.pdf</t>
   </si>
   <si>
     <t>''Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, a sugestão institucional para enviar até esta Casa Legislativa um PROJETO DE LEI, para proceder a correção por meio de REVISÃO GERAL ANUAL, que é o Reajuste Salarial dos Vencimentos dos Servidores Públicos Municipais, regidos pelo ESTATUTO DOS SERVIDORES PÚBLICOS DE RIO CRESPO.''</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>ROSELINA MIRANDA MUCHINSKI (ROSE)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n_006-2025..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n_006-2025..pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, que em conjunto com o setor competente, realize serviços de recuperação e manutenção da Linha C-80, localizada na zona rural do município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n_007-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n_007-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EDER DA SILVA, a sugestão institucional para enviar até esta Casa Legislativa um PROJETO DE LEI para proceder e instituir o PRÊMIO DE PRODUTIVIDADE para os FISCAIS TRIBUTÁRIOS E DE OBRAS, Servidores Públicos Municipais Efetivos, regidos pelo ESTATUTO DOS SERVIDORES PÚBLICO DE RIO CRESPO, observando a Iniciativa da lei pelo Senhor Prefeito em relação aos Servidores do Poder Executivo Municipal, fazendo JUSTIÇA SOCIAL e dando maior EFICIÊNCIA AO SISTEMA TRIBUTÁRIO MUNICIPAL, sendo este um direito constitucional previsto no artigo 37, inciso XVIII, da Constituição Federal do Brasil de 1988, que  informa que a administração fazendária e seus servidores fiscais terão, dentro de suas áreas de competência e jurisdição, precedência, na forma da lei."</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/indicacao_no_008-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/indicacao_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, ÉDER DA SILVA, que, em conjunto com o setor competente, realize esforços necessários para a criação de um programa que permita aos profissionais do Serviço de Atendimento Móvel de Urgência (SAMU) ministrarem cursos de primeiros socorros nas escolas públicas e nas diversas entidades civis sediadas em nosso município.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_no_009-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, ÉDER DA SILVA, que, em conjunto com o setor competente, realize esforços necessários para sugestão institucional para anotar que a Lei Orgânica da Saúde, com as modificações introduzidas pela Lei nº 14.737, de 2023, assegura o direito de qualquer mulher ser acompanhada por uma pessoa de sua preferência durante procedimentos médicos, e com base nessa premissa sugestiono ao Senhor Prefeito e Secretario de Saúde a adoção de uma POLITICA PUBLICA SOCIAL para que utilize o corpo técnico disponível no município responsável pelas fotografias e registros audiovisual, para atender as famílias que vivem em vulnerabilidade social e mães parturientes a garantia de registro gratuito de fotografias por profissional da Prefeitura durante o período do trabalho de parto e do pós-parto imediato, em todas as unidades de saúde de Rio Crespo.</t>
   </si>
   <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>indicação institucional para o reconhecimento funcional da INDEPENDÊNCIA TÉCNICA E AUTONOMIA FUNCIONAL DO CONTROLADOR INTERNO MANOEL SARAIVA MENDES, nos termos do art. 74, da Constituição Federal e da REGRAS DO TRIBUNAL DE CONTAS  DE RONDÔNIA materializada pelas diretrizes da do art. 3º, inciso V, da INSTRUÇÃO NORMATIVA N. 58/2017/TCE-RO, e Acórdão APL-TC 00163/24 referente ao processo 03286/23, reconhecendo seu perfil técnico nos quase 19 anos de exemplar serviço público, conduta proba, perfil técnico e a cortesia no tratamento com os membros e Vereadores desta Casa de Leis, para que o atual Prefeito cesse imediatamente, se eventualmente existente, qualquer medida institucional de retaliação contra o Controlador Interno Manoel Saraiva Mendes que vise cercear essas PRERROGATIVAS INSTITUICIONAIS determinadas pelo Tribunal de Contas.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_011-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica na forma regimental, invocando por analogia о_x000D_
+Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo-RO, ao Excelentíssimo Senhor_x000D_
+Prefeito do Município de Rio Crespo-RO, EDER DA SILVA, a sugestão institucional para_x000D_
+Disponibilizar de 2 a 3 hectares de cultivo de selagem, com custeio integral pelo município,_x000D_
+abrangendo todas as etapas, desde o preparo do solo até a colheita, garantindo que a produção_x000D_
+seja realizada sem ônus para os agricultores beneficiados, fortalecendo a agricultura local e_x000D_
+promovendo o desenvolvimento rural sustentável.</t>
+  </si>
+  <si>
     <t>855</t>
   </si>
   <si>
-    <t>1187</t>
-[...1 lines deleted...]
-  <si>
     <t>Red</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/855/redacao_final_n._1187-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/855/redacao_final_n._1187-2025.pdf</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/856/redacao_final_n._1188-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/856/redacao_final_n._1188-2025.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/857/redacao_final_n._1189-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/857/redacao_final_n._1189-2025.pdf</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/863/redacao_final_no_1190-2025_-_projeto_lei_004_2025_construcao_da_praca.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/863/redacao_final_no_1190-2025_-_projeto_lei_004_2025_construcao_da_praca.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº 0903/2024-066989, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Construção de Espaços Públicos – Praça Pública Central."</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/864/redacao_final_no_1191-2025_-_projeto_lei_005_2025_aquisicao_van_esportes.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/864/redacao_final_no_1191-2025_-_projeto_lei_005_2025_aquisicao_van_esportes.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº 0903/2024-066277, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de um veículo tipo van para transporte de pessoas, voltadas às políticas educacionais do município."</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/865/redacao_final_no_1192-2025_-projeto_lei_006_2025_aquisicao_tubo_armico.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/865/redacao_final_no_1192-2025_-projeto_lei_006_2025_aquisicao_tubo_armico.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº0903/2024-070578, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de tubos ármicos, destinados às estradas rurais do município."</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>1193</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/866/redacao_final_no_1193-2025_-_projeto_lei_007_2025_equipamentos_agricultura.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/866/redacao_final_no_1193-2025_-_projeto_lei_007_2025_equipamentos_agricultura.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao termo do Convênio nº 12/2025/PGE_x0002_SEAGRI, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a Aquisição dos seguintes bens: 03 balanças de 300 kg, 02 câmaras frias, 01 descascador e lavador, 01 grades niveladora e 01 seladora embalagem (melhor descritos no plano de trabalho), visando a realização dos serviços de pesagem de produtos, armazenamento e conservação de alimentos, remoção da casca e limpeza de produtos, nivelamento de terrenos, entre outros."</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>1194</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/867/redacao_final_no_1194-2025_-_projeto_lei_008_2025_ampliacao_cras.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/867/redacao_final_no_1194-2025_-_projeto_lei_008_2025_ampliacao_cras.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/881/redacao_final_no1195-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/881/redacao_final_no1195-2025.pdf</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/900/redacao_final_no1.196-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/900/redacao_final_no1.196-2025.pdf</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/901/redacao_final_no1.197-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/901/redacao_final_no1.197-2025.pdf</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/902/redacao_final_no1.198-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/902/redacao_final_no1.198-2025.pdf</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>1199</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/903/redacao_final_no1.199-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/903/redacao_final_no1.199-2025.pdf</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>1200</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/904/redacao_final_no1.200-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/904/redacao_final_no1.200-2025.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>1201</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/905/redacao_final_no1.201-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/905/redacao_final_no1.201-2025.pdf</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/906/redacao_final_no1.202-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/906/redacao_final_no1.202-2025.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/907/redacao_final_no1.203-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/907/redacao_final_no1.203-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$164.000,00, para atender a Proposta nº07017/2024-12, celebrado entre o Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE SISTEMA ULTRASSONOGRAFIA DIGITAL PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA (CNES 7177739)."</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/908/redacao_final_no1.204-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/908/redacao_final_no1.204-2025.pdf</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/909/redacao_final_no1.205-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/909/redacao_final_no1.205-2025.pdf</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/923/redacao_final_no1.206-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/923/redacao_final_no1.206-2025.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/924/redacao_final_no1.207-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/924/redacao_final_no1.207-2025.pdf</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/925/redacao_final_no1.208-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/925/redacao_final_no1.208-2025.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/926/redacao_final_no1.209-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/926/redacao_final_no1.209-2025.pdf</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/927/redacao_final_no1.210-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/927/redacao_final_no1.210-2025.pdf</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/928/redacao_final_no1.211-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/928/redacao_final_no1.211-2025.pdf</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>1212</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/944/redacao_final_no1.1212-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/944/redacao_final_no1.1212-2025.pdf</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>1213</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/945/redacao_final_no1.1213-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/945/redacao_final_no1.1213-2025.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>1214</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/948/redacao_final_no_1214.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/948/redacao_final_no_1214.pdf</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>1215</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/949/redacao_final_no_1215.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/949/redacao_final_no_1215.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/950/redacao_final_no_1216.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/950/redacao_final_no_1216.pdf</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>1217</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá_x000D_
 outras providências.''</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/975/redacao_final_no_1218.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/975/redacao_final_no_1218.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/976/redacao_final_no_1219.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/976/redacao_final_no_1219.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá_x000D_
 outras providências.''</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/977/redacao_final_no_1220.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/977/redacao_final_no_1220.pdf</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/978/redacao_final_no_1221.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/978/redacao_final_no_1221.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do artigo 1º da lei_x000D_
 676/2014, acrescendo o cargo de psicólogo_x000D_
 e nutricionista nas gratificações do SUS, e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/979/redacao_final_no_1222.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/979/redacao_final_no_1222.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação da lei_x000D_
 1003/2022, que modificava o percentual do_x000D_
 adicional de difícil acesso constante na lei_x000D_
 848/2019, e dá outras providências."</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/980/redacao_final_no_1223.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/980/redacao_final_no_1223.pdf</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/985/redacao_final_no_1224-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/985/redacao_final_no_1224-2025.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/986/redacao_final_no_1225-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/986/redacao_final_no_1225-2025.pdf</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/987/redacao_final_no_1226-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/987/redacao_final_no_1226-2025.pdf</t>
   </si>
   <si>
     <t>'' Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá_x000D_
 outras providências.''</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/995/redacao_final_no_1227-2025_-_projeto_lei_035.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/995/redacao_final_no_1227-2025_-_projeto_lei_035.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>1228</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/996/redacao_final_no_1228-2025_-_projeto_lei_042.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/996/redacao_final_no_1228-2025_-_projeto_lei_042.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/998/redacao_final_no_1229-2025_-_projeto_lei_043.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/998/redacao_final_no_1229-2025_-_projeto_lei_043.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá_x000D_
 outras providências''</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>1230</t>
-[...2 lines deleted...]
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/999/redacao_final_no_1230-2025_-_projeto_lei_044.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/999/redacao_final_no_1230-2025_-_projeto_lei_044.pdf</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1009/redacao_final_n._1231-2025_-_ao_projetoi_n._045-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1009/redacao_final_n._1231-2025_-_ao_projetoi_n._045-2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE: AUTORIZAÇÃO AO EXECUTIVO MUNICIPAL, PARA_x000D_
 REALIZAR DOAÇÃO DE UM TERRENO/IMÓVEL URBANO PARA_x000D_
 IGREJA CONVENÇÃO BATISTA DO ESTADO DE RONDÔNIA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1015/redacao_final_no_1232-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1015/redacao_final_no_1232-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: SOBRE A CONCESSÃO DE AUXÍLIO AGROFEIRA_x000D_
 AOS SERVIDORES_x000D_
 PÚBLICOS MUNICIPAIS, PARA_x000D_
 FOMENTAR A AGRICULTURA FAMILIAR MUNICIPAL E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1024/redacao_final_no_1.233.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1024/redacao_final_no_1.233.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a mudança de vinculação administrativa e_x000D_
 orçamentaria do Conselho Tutelar para o Gabinete do_x000D_
 Prefeito e dá outras providências."</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1025/redacao_final_no_1.234.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1025/redacao_final_no_1.234.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1026/redacao_final_no_1.235.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1026/redacao_final_no_1.235.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1027/redacao_final_no_1.236.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1027/redacao_final_no_1.236.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 nº4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1028/redacao_final_no_1.237.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1028/redacao_final_no_1.237.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/redacao_final_1238-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/redacao_final_1238-2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE EMENDA NA LEI Nº1231/2025, ONDE_x000D_
 MODIFICA O NÚMERO DA QUADRA DO IMÓVEL DOADO, DA_x000D_
 QUADRA 25 PARA QUADRA 24, MANTENDO O RESTANTE_x000D_
 DA LEI DE DOAÇÃO DE TEERRENO E DA OUTRAS_x000D_
 PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/redacao_final_no_1239-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/redacao_final_no_1239-2025.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 nº 4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1042/redacao_final_no_1240-2025_-_projeto_de_lei_no_056-2025_-_credito_orcamentario.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1042/redacao_final_no_1240-2025_-_projeto_de_lei_no_056-2025_-_credito_orcamentario.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente, conforme art. 7º, 41 e 42, da Lei_x000D_
 nº4.320/64 e dá outras providências”.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1043/redacao_final_no_1.241-2025_-_projeto_de_lei_no057-2025_-_credito_orcamentario.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1043/redacao_final_no_1.241-2025_-_projeto_de_lei_no057-2025_-_credito_orcamentario.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre REFORMULAÇÃO_x000D_
 ADMINISTRATIVA ao Orçamento vigente por meio_x000D_
 de REMANEJAMENTO, e dá outras providências”.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1044/redacao_final_no_1.242-2025_-_projeto_de_lei_no058-2025_-_credito_orcamentario.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1044/redacao_final_no_1.242-2025_-_projeto_de_lei_no058-2025_-_credito_orcamentario.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
 4.320/64 e dá outras providências”.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/redacao_final_no_1.243-2025_-_projeto_de_lei_no059-2025_-_credito_orcamentario.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/redacao_final_no_1.243-2025_-_projeto_de_lei_no059-2025_-_credito_orcamentario.pdf</t>
   </si>
   <si>
     <t>: “Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei nº_x000D_
 4.320/64 e dá outras providências”.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/redacao_final_no_1.244-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/redacao_final_no_1.244-2025.pdf</t>
   </si>
   <si>
     <t>''SOBRE EMENDA ALTERANDO O ART. 2º,_x000D_
 INCISO III, DA LEI QUE INSTITUI DE CRIAÇÃO DO_x000D_
 AUXÍLIO AGROFEIRA, EXTINGUINDO O PRAZO_x000D_
 EXISTENTE DE ACUMULAÇÃO DE SALDO DO_x000D_
 CARTÃO E DA OUTRAS PROVIDENCIAS''</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>''ALTERA A REDAÇÃO DO ART. 7º DA LEI_x000D_
 MUNICIPAL Nº 808/2018, QUE DISPÕE SOBRE A_x000D_
 CONCESSÃO DE BENEFÍCIOS EVENTUAIS, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/redacao_final_n_1.246.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/redacao_final_n_1.246.pdf</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/redacao_final_n_1.247.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/redacao_final_n_1.247.pdf</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1073/redacao_final_no_1.248.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1073/redacao_final_no_1.248.pdf</t>
   </si>
   <si>
     <t>"Institui a Agenda Transversal dos Direitos de Crianças Adolescentes no Município de Rio Crespo - RO, em consonância_x000D_
 com as diretrizes do Selo UNICEF e do Estatuto da Criança e do Adolescente, e dá outras providências."</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1074/redacao_final_n_1.249.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1074/redacao_final_n_1.249.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64_x000D_
 e dá outras providências."</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/redacao_final_n_1.250-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/redacao_final_n_1.250-2025.pdf</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/redacao_final_n._1.251_de_26_de_agosto_de_20251.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/redacao_final_n._1.251_de_26_de_agosto_de_20251.pdf</t>
   </si>
   <si>
     <t>''ALTERA AS LEIS MUNICIPAIS Nº 853/2019 E_x000D_
 859/2019, PARA INCLUIR CARGOS EM COMISSÃO_x000D_
 DE COORDENADORES, NO GABINETE DO_x000D_
 PREFEITO, SECRETARIA DE OBRAS, SECRETARIA_x000D_
 DE GESTÃO PÚBLICA E PLANEJAMENTO, E NA_x000D_
 SECRETARIA SAÚDE, E DA OUTRAS_x000D_
 PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1094/redacao_final_no_1252-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1094/redacao_final_no_1252-2025.pdf</t>
   </si>
   <si>
     <t>''Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7º, 41 e 42, da Lei nº_x000D_
 4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/redacao_final_n._1.253_de_26_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/redacao_final_n._1.253_de_26_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>''ALTERA A LEI MUNICIPAL Nº 853/2019, PARA_x000D_
 MODIFICAR A NOMENCLATURA DE UM CARGO EM_x000D_
 COMISSÃO NO ANEXO II, NA SECRETARIA_x000D_
 MUNICIPAL DE ASSISTÊNCIA SOCIAL E INCLUIR UM_x000D_
 NOVO CARGO EM COMISSÃO NA SECRETARIA_x000D_
 MUNICIPAL DE ASSISTÊNCIA SOCIAL, E DA OUTRAS_x000D_
 PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1096/redacao_final_n._1.254_de_26_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1096/redacao_final_n._1.254_de_26_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>''ESTABELECE OS VALORES A SEREM PAGOS A_x000D_
 TÍTULO DE AUXÍLIO MORADIA AOS MÉDICOS QUE_x000D_
 LABORAM NO MUNICÍPIO, VINCULADOS AOS_x000D_
 PROGRAMAS MAIS MÉDICOS PARA O BRASIL E_x000D_
 MÉDICOS PELO BRASIL, E DA OUTRAS_x000D_
 PROVIDENCIAS.''</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/redacao_final_no_1255-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/redacao_final_no_1255-2025.pdf</t>
   </si>
   <si>
     <t>"IMPLEMENTA A LEI FEDERAL 13.431 DE 04 DE ABRIL_x000D_
 DE 2017, E ESTABELECE O SISTEMA DE GARANTIA DE_x000D_
 DIREITOS DA CRIANÇA E DO ADOLESCENTE, VÍTIMА_x000D_
 OU TESTEMUNHA DE VIOLENCIA NO MUNICIPIO DE_x000D_
 RIO CRESPO-RO., E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1098/redacao_final_n._1.256_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1098/redacao_final_n._1.256_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre a criação do Conselho Municipal de_x000D_
 Segurança Alimentar e Nutricional (COMSEA) e da_x000D_
 Câmara Municipal Intersetorial de Segurança Alimentar e_x000D_
 Nutricional (CAISAN) do município de Rio Crespo,_x000D_
 Estado de Rondônia, no âmbito do Sistema Nacional de_x000D_
 Segurança Alimentar e Nutricional_x000D_
 – SISAN, e dá outras_x000D_
 providências.''</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/redacao_final_n._1.257_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/redacao_final_n._1.257_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>''Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e dá outras providências.''</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/redacao_final_n._1.258_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/redacao_final_n._1.258_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>''Autoriza o Poder Executivo a reajustar em 5% (cinco por cento)_x000D_
 os salários dos professores da Secretaria Municipal de Educação,_x000D_
 referente à parte do piso salarial estabelecido pelo Governo_x000D_
 Federal relativo aos anos de 2024 e 2025, e dá outras_x000D_
 providências.''</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/redacao_final_n._1.259_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/redacao_final_n._1.259_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>''Institui a Ouvidoria Municipal de Rio Crespo/RO, dispõe_x000D_
 sobre sua estrutura, funcionamento e competências, cria o_x000D_
 cargo de Ouvidor(a) Municipal, e dá outras providências.''</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/redacao_final_n._1.260_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/redacao_final_n._1.260_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e dá outras providências”.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/redacao_final_n_1.261-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/redacao_final_n_1.261-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Autorização ao chefe do poder Executivo_x000D_
 Municipal pagar premiações ao projeto pedagógico_x000D_
 Soletrando e dá outras procidências."</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/redacao_final_no_1.262-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/redacao_final_no_1.262-2025.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1140/redacao_final_no_1.263-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1140/redacao_final_no_1.263-2025.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/redacao_final_n_1.264-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/redacao_final_n_1.264-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL INGRESSAR_x000D_
 NO CONSÓRCIO INTERFEDERATIVO DE_x000D_
 DESENVOLVIMENTO DE RONDÔNIA_x000D_
 CINDERONDÔNIA, E RATIFICA O PROTOCOLO DE_x000D_
 INTENÇÕES CONVERTIDO EM CONTRATO DE_x000D_
 CONSÓRCIO PÚBLICO, FIRMADO ENTRE_x000D_
 MUNICIPIOS DE RONDÔNIA E O ESTADO DE_x000D_
 RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/redacao_final_n_1.265-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/redacao_final_n_1.265-2025.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/redacao_final_n_1.266-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/redacao_final_n_1.266-2025.pdf</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/redacao_final_no_1.267-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/redacao_final_no_1.267-2025.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/redacao_final_no_1268-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/redacao_final_no_1268-2025.pdf</t>
   </si>
   <si>
     <t>"Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
 Orçamento vigente conforme art. 7%, 41 e 42, da Lei_x000D_
 n°4.320/64 e dá outras providências."</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/redacao_final_no_1269-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/redacao_final_no_1269-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/redacao_final_no_1270-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/redacao_final_no_1270-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá outras providências..</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/redacao_final_no_1271-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/redacao_final_no_1271-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: ALTERAR O NÚMERO DE VAGAS DO CARGO_x000D_
 DE ASSESSOR JURIDICO ESPECIAL PREVISTO NA LEI_x000D_
 N°964/2021, E O NÚMERO DE VAGA DO CONTADOR,_x000D_
 PREVISTO NO ANEXO II DA LEI N°859/2019."</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/redacao_final_no_1272-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/redacao_final_no_1272-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A CARTEIRA MUNICIPAL DE_x000D_
 IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO_x000D_
 DO ESPECTRO AUTISTA – CMIA NO MUNICÍPIO_x000D_
 DE RIO CRESPO/RO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/redacao_final_no_1273-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/redacao_final_no_1273-2025.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1161/redacao_final_no_1274-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1161/redacao_final_no_1274-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA MUNICIPAL DE_x000D_
 AQUISIÇÃO DE ALIMENTOS DE AGRICULTURA_x000D_
 FAMILIAR NO ÂMBITO DO MUNICÍPIO DE RIO_x000D_
 CRESPO-RO, NA MODALIDADE COMPRA E DOAÇÃO_x000D_
 SIMULTÂNEA E DÁ OUTRAS PROVIDENCIAS.''</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/redacao_final_no_1275-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/redacao_final_no_1275-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Proceder a Revisão Geral Anual -_x000D_
 RGA, para conceder reajuste financeiro em razão_x000D_
 das Percas Inflacionarias, aplicado sobre o_x000D_
 vencimento dos servidores da Câmara Municipal_x000D_
 de Rio Crespo e dá outras providências".</t>
   </si>
   <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1172/redacao_final_no_1276-2025.pdf</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1173/redacao_final_no_1277-2025.pdf</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1174/redacao_final_no_1278-2025.pdf</t>
+  </si>
+  <si>
+    <t>''Cria a Secretaria Municipal de Cultura, Desporto e Lazer-SECDEL, altera a Lei Municipal nº 852/2019, a Lei Municipal nº 853/2019 e a Lei Municipal nº 1071/2022, cria cargo e transfere alguns cargos existentes nos quadros da Secretaria Municipal de Educação, e a redenomina, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1175/redacao_final_no_1279-2025.pdf</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1176/redacao_final_no_1280-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE: SOBRE EMENDA ALTERANDO O ART. 156 DA LEI N° 508/2010, QUE REGULAMENTA O SISTEMA TRIBUTÁRIO DE RIO CRESPO E DA OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1182/redacao_final_n_1.281-2025.pdf</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1188/redacao_final_no_1282-2025.pdf</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1189/redacao_final_no_1283-2025.pdf</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1196/redacao_final_no_1284-2025.pdf</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1197/redacao_final_no_1285-2025.pdf</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1198/redacao_final_no_1286-2025.pdf</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1207/redacao_final_no_1287-2025.pdf</t>
+  </si>
+  <si>
+    <t>"EMENDA A LEI 1197/2025, MODIFICANDO O_x000D_
+PARÁGRAFO ÚNICO DO ARTIGO 1º DA REFERIDA_x000D_
+LEI, ONDE SE ALTERA O PERCENTUAL PREVISTO_x000D_
+DE 7% PARA 12% PARA REFORMULAÇÕES_x000D_
+ADMINISTRATIVAS E DÁ OUTRAS PROVIDENCIAS."</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1208/redacao_final_no_1288-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
+Orçamento vigente conforme art. 7º, 41 e 42, da Lei_x000D_
+n°4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1209/redacao_final_no_1289-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
+Orçamento vigente conforme art. 7, 41 e 42, da Lei_x000D_
+n°4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1210/redacao_final_no_1290-2025.pdf</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1211/redacao_final_no_1291-2025.pdf</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/redacao_final_no_1292-2025.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A REALIZAR_x000D_
+CHAMAMENTO PÚBLICO PARA CEDÊNCIA DO_x000D_
+IMÓVEL/PRÉDIO CONSTRUIDO PARA ATENDER_x000D_
+ASSOCIAÇÕES QUE TRABALHAM COM OS_x000D_
+MUNÍCIPES DE RIO CRESPO E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/redacao_final_no_1293-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ADICIONAL_x000D_
+SUPLEMENTAR ao Orçamento vigente conforme art._x000D_
+7°, 41 e 42, da Lei 4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/redacao_final_no_1294-2025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Dispõe sobre CRÉDITO ESPECIAL ao_x000D_
+Orçamento vigente conforme art. 7°, 41 e 42, da Lei_x000D_
+4.320/64 e Dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/redacao_final_no_1295-2025.pdf</t>
+  </si>
+  <si>
+    <t>“INSTITUI A GRATIFICAÇÃO DE DIFÍCIL ACESSO PARA_x000D_
+OS CARGOS DE COORDENADOR DE DIVISÃO DO_x000D_
+CADASTRO ÚNICO E PROGRAMAS SOCIAIS E DE_x000D_
+COORDENADOR DE ENTREVISTAS DO CADASTRO ÚNICO_x000D_
+E PROGRAMAS SOCIAIS, VINCULADOS À SECRETARIA_x000D_
+MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE_x000D_
+RIO CRESPO/RO, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/redacao_final_no_1.296_de_12_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Sumula: Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42 da Lei 4.320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/redacao_final_no_1297_de_12_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Sumula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4320/64 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/redacao_final_1.298_de_12_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.068, de 19 de dezembro de 2022, para autorizar a concessão do Abono Natalino vinculado ao Auxílio-Servidor e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/redacao_final_no_1299_de_12_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A REALIZAR /FIRMAR TERMO DE COOPERAÇÃO TÉCNICA COM O MUNICÍPIO DE CUJUBIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1244/redacao_final_no_1.300_de_16_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA A LEI 1046/2022, MODIFICANDO O INCISO 1, DO ARTIGO 4° DA REFERIDA LEI, ONDE SE POSSIBILITA A NOMEAÇÃO DE FISCAL DE CONTRATOS PREVISTO NA LEI 14.133/2021, DENTRE OS SERVIDORES DE CARGOS EFETIVOS OU COMISSIONADOS E DÁ OUTRAS PROVIDENCIAS."</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1245/redacao_final_no_1.301_de_16_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE: “CONCEDE ABONO NATALINO, NA FORMA DE AUXÍLIO EXTRAORDINÁRIO INDENIZATÓRIO, AOS SERVIDORES DA CÂMARA MUNICIPAL DE RIO CRESPO-RO".</t>
+  </si>
+  <si>
     <t>847</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_n001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_n001-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº001/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_n002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_n002-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº002/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_n003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_n003-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº003/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n004-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº004/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/859/requerimento_n005-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/859/requerimento_n005-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº005/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_no006-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_no006-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº006/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n007-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n007-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº007/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_no008-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_no008-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº008/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no009-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no009-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 011/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no010-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no010-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 014/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_no011-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_no011-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que os Projetos de Lei nº 015 e 016/2025 – do Executivo Municipal, que estão em pauta, sejam votados em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_no012-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_no012-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 017/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_no013-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_no013-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 018/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_no014-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_no014-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 010/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_no015-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_no015-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 012/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_no016-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_no016-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 022/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_no017-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_no017-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 023/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no018-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no018-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 024/2025 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no019-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no019-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 025/2025 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_no020-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_no020-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Resolução nº 002/2025 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_no021-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_no021-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Resolução nº 003/2025 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_no_022-2025_-_gabinete_da_presidencia.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_no_022-2025_-_gabinete_da_presidencia.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Resolução nº 004/2025 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_no_023-2025_-_gabinete_da_presidencia.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_no_023-2025_-_gabinete_da_presidencia.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 029/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_024-2025_-_gabinete_da_presidencia.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_024-2025_-_gabinete_da_presidencia.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 030/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_025-2025_-_gabinete_da_presidencia..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_025-2025_-_gabinete_da_presidencia..pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 031/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento_no_026-2025_-_gabinete_da_presidencia..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento_no_026-2025_-_gabinete_da_presidencia..pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 032/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_no_027-2025_-_gabinete_da_presidencia..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_no_027-2025_-_gabinete_da_presidencia..pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 033/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_no_028-2025_-_gabinete_da_presidencia..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_no_028-2025_-_gabinete_da_presidencia..pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 034/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_no_029-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_no_029-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 038/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_no_030-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_no_030-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 039/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no_031-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no_031-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 040/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_n_032-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_n_032-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 041/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/991/requerimento_no033-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/991/requerimento_no033-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 042/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/992/requerimento_no_034-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/992/requerimento_no_034-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 043/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_no_035-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_no_035-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 044/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1006/requerimento_no_036-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1006/requerimento_no_036-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 045/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_n_037-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_n_037-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei nº 047/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_no_038-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_no_038-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei n° 051//2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_n_039-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_n_039-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 052//2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/requerimento_no_040-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/requerimento_no_040-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 060//2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/requerimento_no_041-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/requerimento_no_041-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 064//2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_no_042-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_no_042-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 061/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei n° 065/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_no_044-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_no_044-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 066/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_no_045-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_no_045-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 067/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_no_046-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_no_046-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 071/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_n_047-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_n_047-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que o Projeto de Lei nº 062/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_no_048-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_no_048-2025.pdf</t>
   </si>
   <si>
     <t>'REQUERER dos nobres Vereadores que o Projeto de Lei nº 072/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_n_049-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_n_049-2025.pdf</t>
   </si>
   <si>
     <t>'REQUERER dos nobres Vereadores que o Projeto de Lei nº 073/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_n_050-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_n_050-2025.pdf</t>
   </si>
   <si>
     <t>'REQUERER dos nobres Vereadores que o Projeto de Lei nº 074/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_no_051-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_no_051-2025.pdf</t>
   </si>
   <si>
     <t>'REQUERER dos nobres Vereadores que o Projeto de Lei nº 075/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/requerimeto_no_052-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/requerimeto_no_052-2025.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores que o Projeto de Lei nº 076/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_no_053-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_no_053-2025.pdf</t>
   </si>
   <si>
     <t>'REQUERER dos nobres Vereadores que o Projeto de Lei nº 085/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_no__054-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_no__054-2025.pdf</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que o Projeto de Lei nº 089/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que o Projeto de Lei nº 087/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>''REQUERER dos nobres Vereadores que o Projeto de Lei nº 088/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.''</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/requerimento_no_057-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/requerimento_no_057-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Resolução n° 007/2025 - do Legislativo Municipal, que está em pauta,_x000D_
 seja votado em TURNO ÚNICO na presente Sessão</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/requerimento_no_058-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/requerimento_no_058-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Resolução nº 008/2025 - do Legislativo Municipal, que está em pauta,_x000D_
 seja votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_059-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_059-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 084/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_no_060-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_no_060-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 092/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_no_061-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_no_061-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 093/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/requerimento_n_062-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/requerimento_n_062-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 099/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_no_063-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_no_063-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que_x000D_
 o Projeto de Lei nº 100/2025 - do Legislativo Municipal, que está em pauta, seja_x000D_
 votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_no_064-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_no_064-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que o Projeto de Lei nº 096/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>REQUERER dos nobres Vereadores que o Projeto de Lei nº 098/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
   </si>
   <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_no_066-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 101/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_no_067-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 102/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_068-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 103/2025 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1190/requerimento_no_069-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 104/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1191/requerimento_no_070-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 105/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1192/requerimento_no_071-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 107/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_no_072-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 108/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_no_073-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+Projeto de Lei nº 109/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_no_074-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 110/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_075-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 111/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_no_076-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 113/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/requerimento_no_077-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 112/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_no_078-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 114/2025 - do Executivo Municipal, que está emn pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/requerimento_no_079-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 115/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1219/requerimento_no_080-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 116/2025 – do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/requeriento_no_081-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 117/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento_no_082-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei nº 118/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/requerimento_no_083-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 119/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/requerimento_no_084-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que_x000D_
+o Projeto de Lei n° 120/2025 - do Executivo Municipal, que está em pauta, seja_x000D_
+votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_no_85-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres vereadores que seja dispensado o interstício de um turno para o outro e incluindo o 3º turno de votação dos Projetos de Lei nº 078, 079 e 080/2025 do Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_no_86-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que o Projeto de Lei n° 106/2025 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_no_87-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que o Projeto de Lei n° 121/2025 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_88-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER dos nobres Vereadores que o Projeto de Resolução nº 009/2025 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão.</t>
+  </si>
+  <si>
     <t>874</t>
   </si>
   <si>
     <t>El</t>
   </si>
   <si>
     <t>Eleição do Cargo da Mesa Diretora</t>
   </si>
   <si>
     <t>CHAPA "TRANSPARÊNCIA, HARMONIA E TRABALHO", para concorrer à eleição da MESA DIRETORA da Câmara Municipal de Rio Crespo para o Biênio 2025/2026.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>P.Mod</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/proposta_de_emenda_modificativa_no_001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/proposta_de_emenda_modificativa_no_001-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 49, do Projeto de Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/proposta_de_emenda_modificativa_n_002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/proposta_de_emenda_modificativa_n_002-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Altera o art. 55 do Projeto de_x000D_
 Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1127/proposta_de_emenda_modificativa_no_003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1127/proposta_de_emenda_modificativa_no_003-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o $2º do art. 5º do Projeto_x000D_
 de Lei n. 080/2025"</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1128/propota_de_emenda_modificativa_no_004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1128/propota_de_emenda_modificativa_no_004-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 4º do Projeto de_x000D_
 Lei n. 080/2025”.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1129/proposta_de_emenda_a_lei_medicativa_no_005-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1129/proposta_de_emenda_a_lei_medicativa_no_005-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 42 do Projeto de_x000D_
 Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/proposta_de_emenda_modificativa_no_006-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/proposta_de_emenda_modificativa_no_006-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 51 do Projeto de_x000D_
 Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/proposta_de_emenda_modificativa_n_007-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/proposta_de_emenda_modificativa_n_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 7º, do Projeto de_x000D_
 Lei n. 080/2025".</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/proposta_de_emenda_modificativa_n_008-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/proposta_de_emenda_modificativa_n_008-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o $1° do art. 7° do_x000D_
 Projeto de Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/proposta_de_emenda_modificativa_n_009-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/proposta_de_emenda_modificativa_n_009-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o $1° art. 5° do Projeto_x000D_
 de Lei n. 080/2025".</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>DISPÕE: “Altera o art. 28 do Projeto de_x000D_
 Lei n. 078/2025".</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>P.Adi</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/proposta_de_emenda_aditiva_no_001-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/proposta_de_emenda_aditiva_no_001-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Acrescenta as alíneas g), h), i), j), 1), m), n), o),_x000D_
 P), q), r), s), ao art. 4° do Projeto de Lei n. 079/2025".</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/proposta_de_emenda_aditiva_no_002-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/proposta_de_emenda_aditiva_no_002-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Acrescenta o §2° e o §3° ao art. 2° do Projeto de Lei n. 096/2025".</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>CCRJ</t>
   </si>
   <si>
     <t>Comissão de Constituição, Redação e Justiça</t>
   </si>
   <si>
     <t>"Dispõe sobre a votação da Comissão de Constituição, Redação e Justiça da Câmara Municipal de Rio Crespo - RO."</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>CFFFO</t>
   </si>
   <si>
     <t>Comissão de Finanças, F. F. e Orçamentária</t>
   </si>
@@ -3497,81 +4180,102 @@
   <si>
     <t>Comissão de Urbanismo e Infraestrutura Municipal</t>
   </si>
   <si>
     <t>"Dispõe sobre a votação da Comissão de Urbanismo e Infraestrutura Municipal da Câmara Municipal de Rio Crespo - RO."</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO DA COMISSÃO</t>
   </si>
   <si>
     <t>CCRJ - Comissão de Constituição, Redação e Justiça</t>
   </si>
   <si>
     <t>"PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA (CCRJ), AO PROJETO DE EMENDA À LEI ORGÂNICA DE RIO CRESPO - RO Nº 002, DE 07 DE ABRIL DE 2025."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_050-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_050-2025.pdf</t>
   </si>
   <si>
     <t>"PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA (CCRJ), AO PROJETO DE LEI N° 050/2025 - DO LEGISLATIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_054-2025_1.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_054-2025_1.pdf</t>
   </si>
   <si>
     <t>"PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA (CCRJ), AO PROJETO DE LEI N° 054/2025 - DO EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_no_003-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_no_003-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA (CCRJ), À PROPOSTA DE EMENDA À LEI ORGÂNICA DE RIO CRESPO – RO Nº 003, DE 23 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_004-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_004-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA (CCRJ), À PROPOSTA DE EMENDA À LEI ORGÂNICA DE RIO CRESPO – RO Nº 004, DE 12 DE JUNHO DE 2025.</t>
+  </si>
+  <si>
+    <t>CFFO - Comissão de Finanças, Fiscalização Financeira e Orçamentária</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/parecer_contrario_da_comissao_de_financas.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONTRÁRIO DA COMISSÃO DE FINANÇAS, FISCALIZAÇÃO FINANCEIRA E ORÇAMENTÁRIA (CFFFO), AO PROJETO DE LEI Nº 097/2025 - DO EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>RE</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO EX-PREFEITO EVANDRO EPIFÂNIO DE FARIA</t>
+  </si>
+  <si>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_de_direito_de_fala_do_ex_prefeito_evando_epifanio_de_faria.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DO SENHOR EVANDRO EPIFÂNIO DE FARIA, QUE POSTULA TEMPO DE FALA REGIMENTAL E USO DO PÚLPITO DO PLENÁRIO DA CÂMARA MUNICIPAL PARA SUSTENTAÇÃO ORAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3875,67 +4579,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n._002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n._003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_de_lei_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_n007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_n008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_no011-2025..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/880/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_no021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei_no022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_no023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_no030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_lei_no031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_lei_no032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_lei_no034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_no036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_no037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/951/projeto_de_lei_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no__039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei__no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_no_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_n_o049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_no_054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_057-2025_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/projeto_de_lei_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1053/projeto_de_lei_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/projeto_de_lei_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_lei_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/pojeto_de_lei_n._078_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n._079_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._080_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/projeto_de_lei_no_092-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_no_095-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_resolucao_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_resolucao_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_resolucao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_resolucao_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_resolucao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_resolucao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_resolucao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/871/proposta_de_emenda_a_lei_organica_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_emenda_a_lei_organica_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1010/proposta_a_de_emenda_a_lei_organica_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/proposta_de_emenda_a_lei_organica_de_rio_crespo_-_ro_n_005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n_006-2025..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/855/redacao_final_n._1187-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/856/redacao_final_n._1188-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/857/redacao_final_n._1189-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/863/redacao_final_no_1190-2025_-_projeto_lei_004_2025_construcao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/864/redacao_final_no_1191-2025_-_projeto_lei_005_2025_aquisicao_van_esportes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/865/redacao_final_no_1192-2025_-projeto_lei_006_2025_aquisicao_tubo_armico.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/866/redacao_final_no_1193-2025_-_projeto_lei_007_2025_equipamentos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/867/redacao_final_no_1194-2025_-_projeto_lei_008_2025_ampliacao_cras.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/881/redacao_final_no1195-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/900/redacao_final_no1.196-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/901/redacao_final_no1.197-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/902/redacao_final_no1.198-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/903/redacao_final_no1.199-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/904/redacao_final_no1.200-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/905/redacao_final_no1.201-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/906/redacao_final_no1.202-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/907/redacao_final_no1.203-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/908/redacao_final_no1.204-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/909/redacao_final_no1.205-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/923/redacao_final_no1.206-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/924/redacao_final_no1.207-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/925/redacao_final_no1.208-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/926/redacao_final_no1.209-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/927/redacao_final_no1.210-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/928/redacao_final_no1.211-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/944/redacao_final_no1.1212-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/945/redacao_final_no1.1213-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/948/redacao_final_no_1214.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/949/redacao_final_no_1215.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/950/redacao_final_no_1216.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/975/redacao_final_no_1218.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/976/redacao_final_no_1219.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/977/redacao_final_no_1220.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/978/redacao_final_no_1221.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/979/redacao_final_no_1222.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/980/redacao_final_no_1223.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/985/redacao_final_no_1224-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/986/redacao_final_no_1225-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/987/redacao_final_no_1226-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/995/redacao_final_no_1227-2025_-_projeto_lei_035.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/996/redacao_final_no_1228-2025_-_projeto_lei_042.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/998/redacao_final_no_1229-2025_-_projeto_lei_043.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/999/redacao_final_no_1230-2025_-_projeto_lei_044.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1009/redacao_final_n._1231-2025_-_ao_projetoi_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1015/redacao_final_no_1232-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1024/redacao_final_no_1.233.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1025/redacao_final_no_1.234.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1026/redacao_final_no_1.235.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1027/redacao_final_no_1.236.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1028/redacao_final_no_1.237.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/redacao_final_1238-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/redacao_final_no_1239-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1042/redacao_final_no_1240-2025_-_projeto_de_lei_no_056-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1043/redacao_final_no_1.241-2025_-_projeto_de_lei_no057-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1044/redacao_final_no_1.242-2025_-_projeto_de_lei_no058-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/redacao_final_no_1.243-2025_-_projeto_de_lei_no059-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/redacao_final_no_1.244-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/redacao_final_n_1.246.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/redacao_final_n_1.247.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1073/redacao_final_no_1.248.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1074/redacao_final_n_1.249.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/redacao_final_n_1.250-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/redacao_final_n._1.251_de_26_de_agosto_de_20251.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1094/redacao_final_no_1252-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/redacao_final_n._1.253_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1096/redacao_final_n._1.254_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/redacao_final_no_1255-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1098/redacao_final_n._1.256_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/redacao_final_n._1.257_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/redacao_final_n._1.258_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/redacao_final_n._1.259_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/redacao_final_n._1.260_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/redacao_final_n_1.261-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/redacao_final_no_1.262-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1140/redacao_final_no_1.263-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/redacao_final_n_1.264-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/redacao_final_n_1.265-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/redacao_final_n_1.266-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/redacao_final_no_1.267-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/redacao_final_no_1268-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/redacao_final_no_1269-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/redacao_final_no_1270-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/redacao_final_no_1271-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/redacao_final_no_1272-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/redacao_final_no_1273-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1161/redacao_final_no_1274-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/redacao_final_no_1275-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/859/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_no008-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no009-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_no011-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_no021-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_no_022-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_no_023-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_024-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_025-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento_no_026-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_no_027-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_no_028-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/991/requerimento_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/992/requerimento_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1006/requerimento_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/requerimento_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/requerimento_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/requerimeto_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_no__054-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/requerimento_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/requerimento_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/proposta_de_emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/proposta_de_emenda_modificativa_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1127/proposta_de_emenda_modificativa_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1128/propota_de_emenda_modificativa_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1129/proposta_de_emenda_a_lei_medicativa_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/proposta_de_emenda_modificativa_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/proposta_de_emenda_modificativa_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/proposta_de_emenda_modificativa_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/proposta_de_emenda_modificativa_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/proposta_de_emenda_aditiva_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/proposta_de_emenda_aditiva_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_054-2025_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_004-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n._002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n._003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_de_lei_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_n007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_n008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_no011-2025..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/880/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_no021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei_no022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_no023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_no030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_lei_no031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_lei_no032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_lei_no034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_no036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_no037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/951/projeto_de_lei_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no__039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei__no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_no_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_n_o049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_no_054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_057-2025_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/projeto_de_lei_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1053/projeto_de_lei_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/projeto_de_lei_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_lei_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/pojeto_de_lei_n._078_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n._079_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._080_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/projeto_de_lei_no_092-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_no_095-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/projeto_de_lei_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1180/projeto_de_lei_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_109_de_10_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_no_110_de_10_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_d_lei_no_111_de_11_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1193/projeto_de_lei_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_no114-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no_115_-_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_116-_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/peojeto_de_lei_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_resolucao_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_resolucao_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_resolucao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_resolucao_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_resolucao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_resolucao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_resolucao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/871/proposta_de_emenda_a_lei_organica_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_emenda_a_lei_organica_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1010/proposta_a_de_emenda_a_lei_organica_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_004.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/proposta_de_emenda_a_lei_organica_de_rio_crespo_-_ro_n_005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/proposta_de_emenda_a_lei_organica_de_rio_crespo__ro_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n_006-2025..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/855/redacao_final_n._1187-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/856/redacao_final_n._1188-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/857/redacao_final_n._1189-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/863/redacao_final_no_1190-2025_-_projeto_lei_004_2025_construcao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/864/redacao_final_no_1191-2025_-_projeto_lei_005_2025_aquisicao_van_esportes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/865/redacao_final_no_1192-2025_-projeto_lei_006_2025_aquisicao_tubo_armico.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/866/redacao_final_no_1193-2025_-_projeto_lei_007_2025_equipamentos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/867/redacao_final_no_1194-2025_-_projeto_lei_008_2025_ampliacao_cras.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/881/redacao_final_no1195-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/900/redacao_final_no1.196-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/901/redacao_final_no1.197-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/902/redacao_final_no1.198-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/903/redacao_final_no1.199-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/904/redacao_final_no1.200-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/905/redacao_final_no1.201-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/906/redacao_final_no1.202-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/907/redacao_final_no1.203-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/908/redacao_final_no1.204-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/909/redacao_final_no1.205-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/923/redacao_final_no1.206-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/924/redacao_final_no1.207-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/925/redacao_final_no1.208-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/926/redacao_final_no1.209-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/927/redacao_final_no1.210-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/928/redacao_final_no1.211-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/944/redacao_final_no1.1212-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/945/redacao_final_no1.1213-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/948/redacao_final_no_1214.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/949/redacao_final_no_1215.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/950/redacao_final_no_1216.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/975/redacao_final_no_1218.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/976/redacao_final_no_1219.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/977/redacao_final_no_1220.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/978/redacao_final_no_1221.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/979/redacao_final_no_1222.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/980/redacao_final_no_1223.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/985/redacao_final_no_1224-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/986/redacao_final_no_1225-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/987/redacao_final_no_1226-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/995/redacao_final_no_1227-2025_-_projeto_lei_035.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/996/redacao_final_no_1228-2025_-_projeto_lei_042.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/998/redacao_final_no_1229-2025_-_projeto_lei_043.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/999/redacao_final_no_1230-2025_-_projeto_lei_044.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1009/redacao_final_n._1231-2025_-_ao_projetoi_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1015/redacao_final_no_1232-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1024/redacao_final_no_1.233.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1025/redacao_final_no_1.234.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1026/redacao_final_no_1.235.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1027/redacao_final_no_1.236.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1028/redacao_final_no_1.237.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/redacao_final_1238-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/redacao_final_no_1239-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1042/redacao_final_no_1240-2025_-_projeto_de_lei_no_056-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1043/redacao_final_no_1.241-2025_-_projeto_de_lei_no057-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1044/redacao_final_no_1.242-2025_-_projeto_de_lei_no058-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/redacao_final_no_1.243-2025_-_projeto_de_lei_no059-2025_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/redacao_final_no_1.244-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/redacao_final_n_1.246.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/redacao_final_n_1.247.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1073/redacao_final_no_1.248.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1074/redacao_final_n_1.249.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/redacao_final_n_1.250-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/redacao_final_n._1.251_de_26_de_agosto_de_20251.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1094/redacao_final_no_1252-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/redacao_final_n._1.253_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1096/redacao_final_n._1.254_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/redacao_final_no_1255-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1098/redacao_final_n._1.256_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/redacao_final_n._1.257_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/redacao_final_n._1.258_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/redacao_final_n._1.259_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/redacao_final_n._1.260_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/redacao_final_n_1.261-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/redacao_final_no_1.262-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1140/redacao_final_no_1.263-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/redacao_final_n_1.264-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/redacao_final_n_1.265-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/redacao_final_n_1.266-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/redacao_final_no_1.267-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/redacao_final_no_1268-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/redacao_final_no_1269-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/redacao_final_no_1270-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/redacao_final_no_1271-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/redacao_final_no_1272-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/redacao_final_no_1273-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1161/redacao_final_no_1274-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/redacao_final_no_1275-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1172/redacao_final_no_1276-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1173/redacao_final_no_1277-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1174/redacao_final_no_1278-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1175/redacao_final_no_1279-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1176/redacao_final_no_1280-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1182/redacao_final_n_1.281-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1188/redacao_final_no_1282-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1189/redacao_final_no_1283-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1196/redacao_final_no_1284-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1197/redacao_final_no_1285-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1198/redacao_final_no_1286-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1207/redacao_final_no_1287-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1208/redacao_final_no_1288-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1209/redacao_final_no_1289-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1210/redacao_final_no_1290-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1211/redacao_final_no_1291-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/redacao_final_no_1292-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/redacao_final_no_1293-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/redacao_final_no_1294-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/redacao_final_no_1295-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/redacao_final_no_1.296_de_12_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/redacao_final_no_1297_de_12_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/redacao_final_1.298_de_12_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/redacao_final_no_1299_de_12_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1244/redacao_final_no_1.300_de_16_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1245/redacao_final_no_1.301_de_16_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/859/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_no008-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no009-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_no011-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_no021-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_no_022-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_no_023-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_024-2025_-_gabinete_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_025-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento_no_026-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_no_027-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_no_028-2025_-_gabinete_da_presidencia..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/991/requerimento_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/992/requerimento_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1006/requerimento_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/requerimento_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/requerimento_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/requerimeto_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_no__054-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/requerimento_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/requerimento_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1190/requerimento_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1191/requerimento_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1192/requerimento_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/requerimento_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/requerimento_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1219/requerimento_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/requeriento_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/requerimento_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/requerimento_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_no_87-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/proposta_de_emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/proposta_de_emenda_modificativa_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1127/proposta_de_emenda_modificativa_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1128/propota_de_emenda_modificativa_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1129/proposta_de_emenda_a_lei_medicativa_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/proposta_de_emenda_modificativa_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/proposta_de_emenda_modificativa_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/proposta_de_emenda_modificativa_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/proposta_de_emenda_modificativa_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/proposta_de_emenda_aditiva_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/proposta_de_emenda_aditiva_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/comissao_de_constituicao_redacao_e_justica_ao_projeto_de_lei_no_054-2025_1.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/parecer_da_comissao_de_justica_a__proposta_de_emenda_a_lei_organica_004-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/parecer_contrario_da_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_de_direito_de_fala_do_ex_prefeito_evando_epifanio_de_faria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H300"/>
+  <dimension ref="A1:H375"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="45.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="53.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="62.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6529,5211 +7233,7158 @@
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
         <v>106</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>402</v>
       </c>
       <c r="H101" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>10</v>
+        <v>405</v>
       </c>
       <c r="D102" t="s">
-        <v>405</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H102" t="s">
-        <v>408</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>407</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>408</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="B103" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H103" t="s">
-        <v>411</v>
+        <v>379</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>410</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>411</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B104" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H104" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>413</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>414</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B105" t="s">
-[...11 lines deleted...]
-      <c r="F105" t="s">
+      <c r="H105" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>417</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>418</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B106" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H106" t="s">
-        <v>422</v>
+        <v>379</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>420</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>421</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H107" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>424</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>425</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B108" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H108" t="s">
-        <v>428</v>
+        <v>379</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>427</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>428</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B109" t="s">
-[...14 lines deleted...]
-      <c r="G109" s="1" t="s">
+      <c r="H109" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>431</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>432</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="E110" t="s">
+      <c r="H110" t="s">
         <v>434</v>
-      </c>
-[...7 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>436</v>
       </c>
       <c r="D111" t="s">
-        <v>438</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>439</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="H111" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>439</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>440</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H112" t="s">
         <v>442</v>
-      </c>
-[...19 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>21</v>
+        <v>444</v>
       </c>
       <c r="D113" t="s">
-        <v>438</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>439</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>25</v>
+        <v>448</v>
       </c>
       <c r="D114" t="s">
-        <v>438</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>439</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="H114" t="s">
-        <v>451</v>
+        <v>379</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>29</v>
+        <v>451</v>
       </c>
       <c r="D115" t="s">
-        <v>438</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>439</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H115" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>454</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>455</v>
       </c>
-      <c r="B116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" t="s">
-        <v>438</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>439</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H116" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>458</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>459</v>
       </c>
       <c r="D117" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>462</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>463</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B118" t="s">
-[...11 lines deleted...]
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>466</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>467</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>106</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B119" t="s">
-[...14 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>470</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>471</v>
       </c>
-      <c r="B120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>465</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H120" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>474</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>29</v>
+        <v>475</v>
       </c>
       <c r="D121" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H121" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>33</v>
+        <v>479</v>
       </c>
       <c r="D122" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>478</v>
+        <v>106</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H122" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>459</v>
+        <v>483</v>
       </c>
       <c r="E123" t="s">
-        <v>460</v>
+        <v>484</v>
       </c>
       <c r="F123" t="s">
-        <v>478</v>
+        <v>106</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="H123" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>487</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" t="s">
+        <v>483</v>
+      </c>
+      <c r="E124" t="s">
         <v>484</v>
       </c>
-      <c r="B124" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" t="s">
         <v>106</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H124" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D125" t="s">
-        <v>459</v>
+        <v>483</v>
       </c>
       <c r="E125" t="s">
-        <v>460</v>
+        <v>484</v>
       </c>
       <c r="F125" t="s">
         <v>106</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H125" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>491</v>
+        <v>25</v>
       </c>
       <c r="D126" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E126" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F126" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H126" t="s">
-        <v>15</v>
+        <v>496</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>496</v>
+        <v>29</v>
       </c>
       <c r="D127" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E127" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F127" t="s">
-        <v>106</v>
+        <v>498</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H127" t="s">
-        <v>19</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>499</v>
+        <v>33</v>
       </c>
       <c r="D128" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E128" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F128" t="s">
         <v>106</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H128" t="s">
-        <v>23</v>
+        <v>503</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>502</v>
+        <v>37</v>
       </c>
       <c r="D129" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E129" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F129" t="s">
         <v>106</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H129" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>506</v>
+        <v>41</v>
       </c>
       <c r="D130" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E130" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F130" t="s">
         <v>106</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H130" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>510</v>
+        <v>45</v>
       </c>
       <c r="D131" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E131" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F131" t="s">
         <v>106</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>511</v>
       </c>
       <c r="H131" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>513</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
         <v>514</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="s">
-        <v>493</v>
+        <v>515</v>
       </c>
       <c r="F132" t="s">
         <v>106</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H132" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>518</v>
+        <v>10</v>
       </c>
       <c r="D133" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="E133" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="F133" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="H133" t="s">
-        <v>43</v>
+        <v>522</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>523</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" t="s">
+        <v>519</v>
+      </c>
+      <c r="E134" t="s">
         <v>520</v>
       </c>
-      <c r="B134" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F134" t="s">
-        <v>106</v>
+        <v>524</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H134" t="s">
-        <v>55</v>
+        <v>526</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>524</v>
+        <v>21</v>
       </c>
       <c r="D135" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="E135" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="F135" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H135" t="s">
-        <v>51</v>
+        <v>529</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>527</v>
+        <v>25</v>
       </c>
       <c r="D136" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="E136" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="F136" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="H136" t="s">
-        <v>59</v>
+        <v>532</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>530</v>
+        <v>29</v>
       </c>
       <c r="D137" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="E137" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="F137" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="H137" t="s">
-        <v>67</v>
+        <v>535</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>533</v>
+        <v>33</v>
       </c>
       <c r="D138" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="E138" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="F138" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="H138" t="s">
-        <v>71</v>
+        <v>538</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>536</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E139" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F139" t="s">
-        <v>106</v>
+        <v>542</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="H139" t="s">
-        <v>75</v>
+        <v>544</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>539</v>
+        <v>17</v>
       </c>
       <c r="D140" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E140" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F140" t="s">
-        <v>106</v>
+        <v>546</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="H140" t="s">
-        <v>79</v>
+        <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>549</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>21</v>
+      </c>
+      <c r="D141" t="s">
+        <v>540</v>
+      </c>
+      <c r="E141" t="s">
         <v>541</v>
       </c>
-      <c r="B141" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="H141" t="s">
-        <v>83</v>
+        <v>551</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>545</v>
+        <v>25</v>
       </c>
       <c r="D142" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E142" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F142" t="s">
-        <v>106</v>
+        <v>546</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="H142" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>549</v>
+        <v>29</v>
       </c>
       <c r="D143" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E143" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F143" t="s">
-        <v>106</v>
+        <v>542</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="H143" t="s">
-        <v>91</v>
+        <v>557</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>552</v>
+        <v>33</v>
       </c>
       <c r="D144" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E144" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F144" t="s">
-        <v>106</v>
+        <v>559</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="H144" t="s">
-        <v>95</v>
+        <v>561</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>555</v>
+        <v>37</v>
       </c>
       <c r="D145" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E145" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F145" t="s">
-        <v>106</v>
+        <v>559</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="H145" t="s">
-        <v>47</v>
+        <v>564</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>558</v>
+        <v>41</v>
       </c>
       <c r="D146" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E146" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F146" t="s">
         <v>106</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="H146" t="s">
-        <v>63</v>
+        <v>567</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>561</v>
+        <v>45</v>
       </c>
       <c r="D147" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E147" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F147" t="s">
         <v>106</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="H147" t="s">
-        <v>99</v>
+        <v>570</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>564</v>
+        <v>49</v>
       </c>
       <c r="D148" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E148" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>541</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="H148" t="s">
-        <v>103</v>
+        <v>573</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D149" t="s">
-        <v>492</v>
+        <v>540</v>
       </c>
       <c r="E149" t="s">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="F149" t="s">
         <v>106</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="H149" t="s">
-        <v>108</v>
+        <v>576</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>570</v>
+        <v>439</v>
       </c>
       <c r="D150" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E150" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F150" t="s">
         <v>106</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="H150" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
       <c r="D151" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E151" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F151" t="s">
         <v>106</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="H151" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="D152" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E152" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F152" t="s">
         <v>106</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="H152" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>587</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>588</v>
+      </c>
+      <c r="D153" t="s">
         <v>578</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>579</v>
       </c>
-      <c r="D153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F153" t="s">
         <v>106</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="H153" t="s">
-        <v>116</v>
+        <v>590</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="D154" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E154" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F154" t="s">
         <v>106</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="H154" t="s">
-        <v>120</v>
+        <v>594</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="D155" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E155" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F155" t="s">
         <v>106</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="H155" t="s">
-        <v>124</v>
+        <v>598</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>588</v>
+        <v>443</v>
       </c>
       <c r="D156" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E156" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F156" t="s">
         <v>106</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="H156" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>592</v>
+        <v>447</v>
       </c>
       <c r="D157" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E157" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F157" t="s">
         <v>106</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="H157" t="s">
-        <v>594</v>
+        <v>43</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="D158" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E158" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F158" t="s">
         <v>106</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="H158" t="s">
-        <v>598</v>
+        <v>55</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="D159" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E159" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F159" t="s">
         <v>106</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="H159" t="s">
-        <v>598</v>
+        <v>51</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="D160" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E160" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F160" t="s">
         <v>106</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="H160" t="s">
-        <v>605</v>
+        <v>59</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="D161" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E161" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F161" t="s">
         <v>106</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="H161" t="s">
-        <v>609</v>
+        <v>67</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>611</v>
+        <v>450</v>
       </c>
       <c r="D162" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E162" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F162" t="s">
         <v>106</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H162" t="s">
-        <v>594</v>
+        <v>71</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>614</v>
+        <v>454</v>
       </c>
       <c r="D163" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E163" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F163" t="s">
         <v>106</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="H163" t="s">
-        <v>590</v>
+        <v>75</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>617</v>
+        <v>458</v>
       </c>
       <c r="D164" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E164" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F164" t="s">
         <v>106</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="H164" t="s">
-        <v>590</v>
+        <v>79</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D165" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E165" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F165" t="s">
         <v>106</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H165" t="s">
-        <v>622</v>
+        <v>83</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D166" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E166" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F166" t="s">
         <v>106</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="H166" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D167" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E167" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F167" t="s">
         <v>106</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="H167" t="s">
-        <v>590</v>
+        <v>91</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D168" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E168" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F168" t="s">
         <v>106</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="H168" t="s">
-        <v>633</v>
+        <v>95</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D169" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E169" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F169" t="s">
         <v>106</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H169" t="s">
-        <v>590</v>
+        <v>47</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D170" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E170" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H170" t="s">
-        <v>640</v>
+        <v>63</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>641</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>642</v>
       </c>
       <c r="D171" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E171" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F171" t="s">
         <v>106</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H171" t="s">
-        <v>644</v>
+        <v>99</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>644</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
         <v>645</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="D172" t="s">
+        <v>578</v>
+      </c>
+      <c r="E172" t="s">
+        <v>579</v>
+      </c>
+      <c r="F172" t="s">
+        <v>106</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="D172" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H172" t="s">
-        <v>648</v>
+        <v>103</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>647</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>648</v>
+      </c>
+      <c r="D173" t="s">
+        <v>578</v>
+      </c>
+      <c r="E173" t="s">
+        <v>579</v>
+      </c>
+      <c r="F173" t="s">
+        <v>106</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="B173" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H173" t="s">
-        <v>197</v>
+        <v>108</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>650</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>651</v>
+      </c>
+      <c r="D174" t="s">
+        <v>578</v>
+      </c>
+      <c r="E174" t="s">
+        <v>579</v>
+      </c>
+      <c r="F174" t="s">
+        <v>106</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B174" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H174" t="s">
-        <v>201</v>
+        <v>112</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>656</v>
+        <v>462</v>
       </c>
       <c r="D175" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E175" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="H175" t="s">
-        <v>658</v>
+        <v>128</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>660</v>
+        <v>466</v>
       </c>
       <c r="D176" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E176" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="H176" t="s">
-        <v>662</v>
+        <v>132</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>664</v>
+        <v>470</v>
       </c>
       <c r="D177" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E177" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="H177" t="s">
-        <v>666</v>
+        <v>116</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>668</v>
+        <v>474</v>
       </c>
       <c r="D178" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E178" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="H178" t="s">
-        <v>670</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="D179" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E179" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F179" t="s">
         <v>106</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="H179" t="s">
-        <v>674</v>
+        <v>124</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="D180" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E180" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F180" t="s">
         <v>106</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>677</v>
+        <v>511</v>
       </c>
       <c r="H180" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="D181" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E181" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F181" t="s">
         <v>106</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="H181" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="D182" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E182" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F182" t="s">
         <v>106</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="H182" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="D183" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E183" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F183" t="s">
         <v>106</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="H183" t="s">
-        <v>690</v>
+        <v>674</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>691</v>
+        <v>678</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="D184" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E184" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F184" t="s">
         <v>106</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="H184" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="D185" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E185" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F185" t="s">
         <v>106</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="H185" t="s">
-        <v>249</v>
+        <v>685</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>697</v>
+        <v>686</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="D186" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E186" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F186" t="s">
         <v>106</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>699</v>
+        <v>688</v>
       </c>
       <c r="H186" t="s">
-        <v>277</v>
+        <v>670</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>700</v>
+        <v>689</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
       <c r="D187" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E187" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F187" t="s">
         <v>106</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c r="H187" t="s">
-        <v>703</v>
+        <v>666</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="D188" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E188" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F188" t="s">
         <v>106</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="H188" t="s">
-        <v>707</v>
+        <v>666</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>708</v>
+        <v>695</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>709</v>
+        <v>696</v>
       </c>
       <c r="D189" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E189" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F189" t="s">
         <v>106</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="H189" t="s">
-        <v>265</v>
+        <v>698</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>712</v>
+        <v>700</v>
       </c>
       <c r="D190" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E190" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F190" t="s">
         <v>106</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="H190" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>716</v>
+        <v>478</v>
       </c>
       <c r="D191" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E191" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F191" t="s">
         <v>106</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>717</v>
+        <v>704</v>
       </c>
       <c r="H191" t="s">
-        <v>718</v>
+        <v>666</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="D192" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E192" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F192" t="s">
         <v>106</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>721</v>
+        <v>707</v>
       </c>
       <c r="H192" t="s">
-        <v>722</v>
+        <v>708</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>723</v>
+        <v>709</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>724</v>
+        <v>510</v>
       </c>
       <c r="D193" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E193" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F193" t="s">
         <v>106</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="H193" t="s">
-        <v>726</v>
+        <v>666</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>727</v>
+        <v>711</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>728</v>
+        <v>712</v>
       </c>
       <c r="D194" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E194" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F194" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>729</v>
+        <v>713</v>
       </c>
       <c r="H194" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="D195" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E195" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F195" t="s">
         <v>106</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="H195" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="D196" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E196" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F196" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>737</v>
+        <v>721</v>
       </c>
       <c r="H196" t="s">
-        <v>738</v>
+        <v>722</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>739</v>
+        <v>723</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>740</v>
+        <v>724</v>
       </c>
       <c r="D197" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E197" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F197" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>741</v>
+        <v>725</v>
       </c>
       <c r="H197" t="s">
-        <v>742</v>
+        <v>197</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>743</v>
+        <v>726</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="D198" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E198" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F198" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>745</v>
+        <v>728</v>
       </c>
       <c r="H198" t="s">
-        <v>746</v>
+        <v>201</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>747</v>
+        <v>729</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>748</v>
+        <v>730</v>
       </c>
       <c r="D199" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E199" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F199" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>749</v>
+        <v>731</v>
       </c>
       <c r="H199" t="s">
-        <v>750</v>
+        <v>732</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>751</v>
+        <v>733</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>752</v>
+        <v>734</v>
       </c>
       <c r="D200" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E200" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F200" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>753</v>
+        <v>735</v>
       </c>
       <c r="H200" t="s">
-        <v>754</v>
+        <v>736</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>755</v>
+        <v>737</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>756</v>
+        <v>738</v>
       </c>
       <c r="D201" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E201" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F201" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>757</v>
+        <v>739</v>
       </c>
       <c r="H201" t="s">
-        <v>312</v>
+        <v>740</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>758</v>
+        <v>741</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>759</v>
+        <v>742</v>
       </c>
       <c r="D202" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E202" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F202" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>760</v>
+        <v>743</v>
       </c>
       <c r="H202" t="s">
-        <v>348</v>
+        <v>744</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>762</v>
+        <v>746</v>
       </c>
       <c r="D203" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E203" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F203" t="s">
         <v>106</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="H203" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>765</v>
+        <v>749</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="D204" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E204" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F204" t="s">
         <v>106</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>767</v>
+        <v>751</v>
       </c>
       <c r="H204" t="s">
-        <v>356</v>
+        <v>752</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>768</v>
+        <v>753</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>769</v>
+        <v>754</v>
       </c>
       <c r="D205" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E205" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F205" t="s">
         <v>106</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="H205" t="s">
-        <v>379</v>
+        <v>756</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>772</v>
+        <v>758</v>
       </c>
       <c r="D206" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E206" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F206" t="s">
         <v>106</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>773</v>
+        <v>759</v>
       </c>
       <c r="H206" t="s">
-        <v>379</v>
+        <v>760</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>774</v>
+        <v>761</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="D207" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E207" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F207" t="s">
         <v>106</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="H207" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="D208" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E208" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F208" t="s">
         <v>106</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>780</v>
+        <v>511</v>
       </c>
       <c r="H208" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>782</v>
+        <v>768</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>783</v>
+        <v>769</v>
       </c>
       <c r="D209" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E209" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F209" t="s">
         <v>106</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="H209" t="s">
-        <v>785</v>
+        <v>249</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>786</v>
+        <v>771</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>787</v>
+        <v>772</v>
       </c>
       <c r="D210" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E210" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F210" t="s">
         <v>106</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>788</v>
+        <v>773</v>
       </c>
       <c r="H210" t="s">
-        <v>789</v>
+        <v>277</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="D211" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E211" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F211" t="s">
         <v>106</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="H211" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>795</v>
+        <v>779</v>
       </c>
       <c r="D212" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E212" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F212" t="s">
         <v>106</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="H212" t="s">
-        <v>348</v>
+        <v>781</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="D213" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E213" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F213" t="s">
         <v>106</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
       <c r="H213" t="s">
-        <v>800</v>
+        <v>265</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>802</v>
+        <v>786</v>
       </c>
       <c r="D214" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="E214" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="F214" t="s">
         <v>106</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>803</v>
+        <v>787</v>
       </c>
       <c r="H214" t="s">
-        <v>804</v>
+        <v>788</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>10</v>
+        <v>790</v>
       </c>
       <c r="D215" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E215" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F215" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
       <c r="H215" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>17</v>
+        <v>794</v>
       </c>
       <c r="D216" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E216" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F216" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="H216" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>21</v>
+        <v>798</v>
       </c>
       <c r="D217" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E217" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F217" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>814</v>
+        <v>799</v>
       </c>
       <c r="H217" t="s">
-        <v>815</v>
+        <v>800</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>816</v>
+        <v>801</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>25</v>
+        <v>802</v>
       </c>
       <c r="D218" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E218" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F218" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>817</v>
+        <v>803</v>
       </c>
       <c r="H218" t="s">
-        <v>818</v>
+        <v>804</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>819</v>
+        <v>805</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>29</v>
+        <v>806</v>
       </c>
       <c r="D219" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E219" t="s">
+        <v>579</v>
+      </c>
+      <c r="F219" t="s">
+        <v>106</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H219" t="s">
-        <v>821</v>
+        <v>808</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>822</v>
+        <v>809</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>33</v>
+        <v>810</v>
       </c>
       <c r="D220" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E220" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F220" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="H220" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>37</v>
+        <v>814</v>
       </c>
       <c r="D221" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E221" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F221" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="H221" t="s">
-        <v>827</v>
+        <v>816</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>828</v>
+        <v>817</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>41</v>
+        <v>818</v>
       </c>
       <c r="D222" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E222" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F222" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="H222" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>45</v>
+        <v>822</v>
       </c>
       <c r="D223" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E223" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F223" t="s">
         <v>106</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="H223" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>49</v>
+        <v>826</v>
       </c>
       <c r="D224" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E224" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F224" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="H224" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>53</v>
+        <v>830</v>
       </c>
       <c r="D225" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E225" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F225" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
       <c r="H225" t="s">
-        <v>839</v>
+        <v>312</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>57</v>
+        <v>833</v>
       </c>
       <c r="D226" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E226" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F226" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="H226" t="s">
-        <v>842</v>
+        <v>348</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>61</v>
+        <v>836</v>
       </c>
       <c r="D227" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E227" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F227" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="H227" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>65</v>
+        <v>840</v>
       </c>
       <c r="D228" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E228" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F228" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="H228" t="s">
-        <v>848</v>
+        <v>356</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>69</v>
+        <v>843</v>
       </c>
       <c r="D229" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E229" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F229" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="H229" t="s">
-        <v>851</v>
+        <v>379</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>73</v>
+        <v>846</v>
       </c>
       <c r="D230" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E230" t="s">
-        <v>807</v>
+        <v>579</v>
+      </c>
+      <c r="F230" t="s">
+        <v>106</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="H230" t="s">
-        <v>854</v>
+        <v>379</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>77</v>
+        <v>849</v>
       </c>
       <c r="D231" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E231" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F231" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="H231" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>81</v>
+        <v>853</v>
       </c>
       <c r="D232" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E232" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F232" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="H232" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>85</v>
+        <v>857</v>
       </c>
       <c r="D233" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E233" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F233" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="H233" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>89</v>
+        <v>861</v>
       </c>
       <c r="D234" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E234" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F234" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="H234" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>864</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>865</v>
+      </c>
+      <c r="D235" t="s">
+        <v>578</v>
+      </c>
+      <c r="E235" t="s">
+        <v>579</v>
+      </c>
+      <c r="F235" t="s">
+        <v>106</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H235" t="s">
         <v>867</v>
-      </c>
-[...19 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>868</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>869</v>
+      </c>
+      <c r="D236" t="s">
+        <v>578</v>
+      </c>
+      <c r="E236" t="s">
+        <v>579</v>
+      </c>
+      <c r="F236" t="s">
+        <v>106</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B236" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H236" t="s">
-        <v>872</v>
+        <v>348</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>871</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>872</v>
+      </c>
+      <c r="D237" t="s">
+        <v>578</v>
+      </c>
+      <c r="E237" t="s">
+        <v>579</v>
+      </c>
+      <c r="F237" t="s">
+        <v>106</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B237" t="s">
-[...14 lines deleted...]
-      <c r="G237" s="1" t="s">
+      <c r="H237" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>875</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
         <v>876</v>
       </c>
-      <c r="B238" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D238" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E238" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F238" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>877</v>
       </c>
       <c r="H238" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>879</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>110</v>
+        <v>880</v>
       </c>
       <c r="D239" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E239" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F239" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H239" t="s">
-        <v>881</v>
+        <v>387</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>882</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>114</v>
+        <v>883</v>
       </c>
       <c r="D240" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E240" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F240" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H240" t="s">
-        <v>884</v>
+        <v>395</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>885</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>118</v>
+        <v>886</v>
       </c>
       <c r="D241" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E241" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F241" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H241" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>122</v>
+        <v>890</v>
       </c>
       <c r="D242" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E242" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F242" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="H242" t="s">
-        <v>890</v>
+        <v>332</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>126</v>
+        <v>893</v>
       </c>
       <c r="D243" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E243" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F243" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H243" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>130</v>
+        <v>897</v>
       </c>
       <c r="D244" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E244" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F244" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="H244" t="s">
-        <v>896</v>
+        <v>379</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>897</v>
+        <v>582</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>134</v>
+        <v>899</v>
       </c>
       <c r="D245" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E245" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F245" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="H245" t="s">
-        <v>899</v>
+        <v>379</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>900</v>
+        <v>585</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>138</v>
+        <v>901</v>
       </c>
       <c r="D246" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E246" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F246" t="s">
-        <v>465</v>
+        <v>106</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H246" t="s">
-        <v>902</v>
+        <v>379</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>608</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
         <v>903</v>
       </c>
-      <c r="B247" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D247" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E247" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F247" t="s">
-        <v>420</v>
+        <v>106</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>904</v>
       </c>
       <c r="H247" t="s">
-        <v>905</v>
+        <v>379</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>611</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>905</v>
+      </c>
+      <c r="D248" t="s">
+        <v>578</v>
+      </c>
+      <c r="E248" t="s">
+        <v>579</v>
+      </c>
+      <c r="F248" t="s">
+        <v>106</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="B248" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H248" t="s">
-        <v>908</v>
+        <v>379</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>909</v>
+        <v>614</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>147</v>
+        <v>907</v>
       </c>
       <c r="D249" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E249" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F249" t="s">
-        <v>420</v>
+        <v>106</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="H249" t="s">
-        <v>911</v>
+        <v>416</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>912</v>
+        <v>639</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>150</v>
+        <v>909</v>
       </c>
       <c r="D250" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E250" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F250" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="H250" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>915</v>
+        <v>642</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>153</v>
+        <v>912</v>
       </c>
       <c r="D251" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E251" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F251" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="H251" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>918</v>
+        <v>645</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>157</v>
+        <v>915</v>
       </c>
       <c r="D252" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E252" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F252" t="s">
         <v>106</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="H252" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>921</v>
+        <v>648</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>161</v>
+        <v>918</v>
       </c>
       <c r="D253" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E253" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F253" t="s">
         <v>106</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="H253" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>924</v>
+        <v>651</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>165</v>
+        <v>920</v>
       </c>
       <c r="D254" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E254" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F254" t="s">
         <v>106</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="H254" t="s">
-        <v>926</v>
+        <v>416</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>927</v>
+        <v>676</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>168</v>
+        <v>922</v>
       </c>
       <c r="D255" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E255" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F255" t="s">
         <v>106</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="H255" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>930</v>
+        <v>679</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>172</v>
+        <v>925</v>
       </c>
       <c r="D256" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E256" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F256" t="s">
         <v>106</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="H256" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>933</v>
+        <v>683</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>176</v>
+        <v>928</v>
       </c>
       <c r="D257" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E257" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F257" t="s">
         <v>106</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>589</v>
+        <v>929</v>
       </c>
       <c r="H257" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>935</v>
+        <v>687</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>180</v>
+        <v>931</v>
       </c>
       <c r="D258" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E258" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F258" t="s">
         <v>106</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="H258" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>938</v>
+        <v>746</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>183</v>
+        <v>934</v>
       </c>
       <c r="D259" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E259" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F259" t="s">
         <v>106</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="H259" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>941</v>
+        <v>750</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>187</v>
+        <v>937</v>
       </c>
       <c r="D260" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E260" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F260" t="s">
         <v>106</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="H260" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>944</v>
+        <v>754</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>191</v>
+        <v>940</v>
       </c>
       <c r="D261" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E261" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F261" t="s">
         <v>106</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="H261" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>947</v>
+        <v>758</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>195</v>
+        <v>943</v>
       </c>
       <c r="D262" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E262" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F262" t="s">
         <v>106</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="H262" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>950</v>
+        <v>762</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>199</v>
+        <v>946</v>
       </c>
       <c r="D263" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E263" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F263" t="s">
         <v>106</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="H263" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>953</v>
+        <v>766</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>203</v>
+        <v>949</v>
       </c>
       <c r="D264" t="s">
-        <v>806</v>
+        <v>578</v>
       </c>
       <c r="E264" t="s">
-        <v>807</v>
+        <v>579</v>
       </c>
       <c r="F264" t="s">
         <v>106</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="H264" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>952</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
+      <c r="D265" t="s">
+        <v>953</v>
+      </c>
+      <c r="E265" t="s">
+        <v>954</v>
+      </c>
+      <c r="F265" t="s">
+        <v>494</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H265" t="s">
         <v>956</v>
-      </c>
-[...19 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>957</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" t="s">
+        <v>953</v>
+      </c>
+      <c r="E266" t="s">
+        <v>954</v>
+      </c>
+      <c r="F266" t="s">
+        <v>494</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H266" t="s">
         <v>959</v>
-      </c>
-[...19 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>960</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>21</v>
+      </c>
+      <c r="D267" t="s">
+        <v>953</v>
+      </c>
+      <c r="E267" t="s">
+        <v>954</v>
+      </c>
+      <c r="F267" t="s">
+        <v>494</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H267" t="s">
         <v>962</v>
-      </c>
-[...19 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>963</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>25</v>
+      </c>
+      <c r="D268" t="s">
+        <v>953</v>
+      </c>
+      <c r="E268" t="s">
+        <v>954</v>
+      </c>
+      <c r="F268" t="s">
+        <v>494</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H268" t="s">
         <v>965</v>
-      </c>
-[...19 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>966</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>29</v>
+      </c>
+      <c r="D269" t="s">
+        <v>953</v>
+      </c>
+      <c r="E269" t="s">
+        <v>954</v>
+      </c>
+      <c r="F269" t="s">
+        <v>494</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="H269" t="s">
         <v>968</v>
-      </c>
-[...19 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>969</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>33</v>
+      </c>
+      <c r="D270" t="s">
+        <v>953</v>
+      </c>
+      <c r="E270" t="s">
+        <v>954</v>
+      </c>
+      <c r="F270" t="s">
+        <v>494</v>
+      </c>
+      <c r="G270" s="1" t="s">
         <v>970</v>
-      </c>
-[...16 lines deleted...]
-        <v>589</v>
       </c>
       <c r="H270" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>972</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>231</v>
+        <v>37</v>
       </c>
       <c r="D271" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E271" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F271" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>973</v>
       </c>
       <c r="H271" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>975</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>235</v>
+        <v>41</v>
       </c>
       <c r="D272" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E272" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F272" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>976</v>
       </c>
       <c r="H272" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>978</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>239</v>
+        <v>45</v>
       </c>
       <c r="D273" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E273" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F273" t="s">
         <v>106</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>979</v>
       </c>
       <c r="H273" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>981</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>243</v>
+        <v>49</v>
       </c>
       <c r="D274" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E274" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F274" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>982</v>
       </c>
       <c r="H274" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>984</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>247</v>
+        <v>53</v>
       </c>
       <c r="D275" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E275" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F275" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>985</v>
       </c>
       <c r="H275" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>987</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>251</v>
+        <v>57</v>
       </c>
       <c r="D276" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E276" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F276" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>988</v>
       </c>
       <c r="H276" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>990</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>255</v>
+        <v>61</v>
       </c>
       <c r="D277" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E277" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F277" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>991</v>
       </c>
       <c r="H277" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>993</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>259</v>
+        <v>65</v>
       </c>
       <c r="D278" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E278" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F278" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>994</v>
       </c>
       <c r="H278" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>996</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>263</v>
+        <v>69</v>
       </c>
       <c r="D279" t="s">
-        <v>806</v>
+        <v>953</v>
       </c>
       <c r="E279" t="s">
-        <v>807</v>
+        <v>954</v>
       </c>
       <c r="F279" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>589</v>
+        <v>997</v>
       </c>
       <c r="H279" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D280" t="s">
-        <v>999</v>
+        <v>953</v>
       </c>
       <c r="E280" t="s">
+        <v>954</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1000</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
       <c r="H280" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>1002</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D281" t="s">
+        <v>953</v>
+      </c>
+      <c r="E281" t="s">
+        <v>954</v>
+      </c>
+      <c r="F281" t="s">
+        <v>494</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="E281" t="s">
+      <c r="H281" t="s">
         <v>1004</v>
-      </c>
-[...7 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>81</v>
+      </c>
+      <c r="D282" t="s">
+        <v>953</v>
+      </c>
+      <c r="E282" t="s">
+        <v>954</v>
+      </c>
+      <c r="F282" t="s">
+        <v>494</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H282" t="s">
         <v>1007</v>
-      </c>
-[...19 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>85</v>
+      </c>
+      <c r="D283" t="s">
+        <v>953</v>
+      </c>
+      <c r="E283" t="s">
+        <v>954</v>
+      </c>
+      <c r="F283" t="s">
+        <v>494</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H283" t="s">
         <v>1010</v>
-      </c>
-[...19 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>89</v>
+      </c>
+      <c r="D284" t="s">
+        <v>953</v>
+      </c>
+      <c r="E284" t="s">
+        <v>954</v>
+      </c>
+      <c r="F284" t="s">
+        <v>494</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H284" t="s">
         <v>1013</v>
-      </c>
-[...19 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>93</v>
+      </c>
+      <c r="D285" t="s">
+        <v>953</v>
+      </c>
+      <c r="E285" t="s">
+        <v>954</v>
+      </c>
+      <c r="F285" t="s">
+        <v>494</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H285" t="s">
         <v>1016</v>
-      </c>
-[...19 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>97</v>
+      </c>
+      <c r="D286" t="s">
+        <v>953</v>
+      </c>
+      <c r="E286" t="s">
+        <v>954</v>
+      </c>
+      <c r="F286" t="s">
+        <v>494</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H286" t="s">
         <v>1019</v>
-      </c>
-[...19 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>101</v>
+      </c>
+      <c r="D287" t="s">
+        <v>953</v>
+      </c>
+      <c r="E287" t="s">
+        <v>954</v>
+      </c>
+      <c r="F287" t="s">
+        <v>494</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H287" t="s">
         <v>1022</v>
-      </c>
-[...19 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>105</v>
+      </c>
+      <c r="D288" t="s">
+        <v>953</v>
+      </c>
+      <c r="E288" t="s">
+        <v>954</v>
+      </c>
+      <c r="F288" t="s">
+        <v>494</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H288" t="s">
         <v>1025</v>
-      </c>
-[...19 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>110</v>
+      </c>
+      <c r="D289" t="s">
+        <v>953</v>
+      </c>
+      <c r="E289" t="s">
+        <v>954</v>
+      </c>
+      <c r="F289" t="s">
+        <v>494</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H289" t="s">
         <v>1028</v>
-      </c>
-[...19 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>114</v>
+      </c>
+      <c r="D290" t="s">
+        <v>953</v>
+      </c>
+      <c r="E290" t="s">
+        <v>954</v>
+      </c>
+      <c r="F290" t="s">
+        <v>494</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H290" t="s">
         <v>1031</v>
-      </c>
-[...19 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>118</v>
+      </c>
+      <c r="D291" t="s">
+        <v>953</v>
+      </c>
+      <c r="E291" t="s">
+        <v>954</v>
+      </c>
+      <c r="F291" t="s">
+        <v>494</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="B291" t="s">
-[...5 lines deleted...]
-      <c r="D291" t="s">
+      <c r="H291" t="s">
         <v>1034</v>
-      </c>
-[...10 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="D292" t="s">
-        <v>1034</v>
+        <v>953</v>
       </c>
       <c r="E292" t="s">
-        <v>1035</v>
+        <v>954</v>
       </c>
       <c r="F292" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="H292" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="D293" t="s">
-        <v>1042</v>
+        <v>953</v>
       </c>
       <c r="E293" t="s">
-        <v>1043</v>
+        <v>954</v>
       </c>
       <c r="F293" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>589</v>
+        <v>1039</v>
       </c>
       <c r="H293" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="D294" t="s">
-        <v>1046</v>
+        <v>953</v>
       </c>
       <c r="E294" t="s">
-        <v>1047</v>
+        <v>954</v>
       </c>
       <c r="F294" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>589</v>
+        <v>1042</v>
       </c>
       <c r="H294" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="D295" t="s">
-        <v>1050</v>
+        <v>953</v>
       </c>
       <c r="E295" t="s">
-        <v>1051</v>
+        <v>954</v>
       </c>
       <c r="F295" t="s">
-        <v>106</v>
+        <v>494</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>589</v>
+        <v>1045</v>
       </c>
       <c r="H295" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D296" t="s">
-        <v>1054</v>
+        <v>953</v>
       </c>
       <c r="E296" t="s">
-        <v>1055</v>
+        <v>954</v>
       </c>
       <c r="F296" t="s">
-        <v>1056</v>
+        <v>546</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>589</v>
+        <v>1048</v>
       </c>
       <c r="H296" t="s">
-        <v>1057</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="D297" t="s">
-        <v>1054</v>
+        <v>953</v>
       </c>
       <c r="E297" t="s">
-        <v>1055</v>
+        <v>954</v>
       </c>
       <c r="F297" t="s">
-        <v>1056</v>
+        <v>498</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="H297" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="D298" t="s">
+        <v>953</v>
+      </c>
+      <c r="E298" t="s">
+        <v>954</v>
+      </c>
+      <c r="F298" t="s">
+        <v>498</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="E298" t="s">
+      <c r="H298" t="s">
         <v>1055</v>
-      </c>
-[...7 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="D299" t="s">
-        <v>1054</v>
+        <v>953</v>
       </c>
       <c r="E299" t="s">
-        <v>1055</v>
+        <v>954</v>
       </c>
       <c r="F299" t="s">
-        <v>106</v>
+        <v>498</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="H299" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>150</v>
+      </c>
+      <c r="D300" t="s">
+        <v>953</v>
+      </c>
+      <c r="E300" t="s">
+        <v>954</v>
+      </c>
+      <c r="F300" t="s">
+        <v>494</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>153</v>
+      </c>
+      <c r="D301" t="s">
+        <v>953</v>
+      </c>
+      <c r="E301" t="s">
+        <v>954</v>
+      </c>
+      <c r="F301" t="s">
+        <v>494</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>157</v>
+      </c>
+      <c r="D302" t="s">
+        <v>953</v>
+      </c>
+      <c r="E302" t="s">
+        <v>954</v>
+      </c>
+      <c r="F302" t="s">
+        <v>106</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H302" t="s">
         <v>1067</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>161</v>
+      </c>
+      <c r="D303" t="s">
+        <v>953</v>
+      </c>
+      <c r="E303" t="s">
+        <v>954</v>
+      </c>
+      <c r="F303" t="s">
+        <v>106</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>165</v>
+      </c>
+      <c r="D304" t="s">
+        <v>953</v>
+      </c>
+      <c r="E304" t="s">
+        <v>954</v>
+      </c>
+      <c r="F304" t="s">
+        <v>106</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>168</v>
+      </c>
+      <c r="D305" t="s">
+        <v>953</v>
+      </c>
+      <c r="E305" t="s">
+        <v>954</v>
+      </c>
+      <c r="F305" t="s">
+        <v>106</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>172</v>
+      </c>
+      <c r="D306" t="s">
+        <v>953</v>
+      </c>
+      <c r="E306" t="s">
+        <v>954</v>
+      </c>
+      <c r="F306" t="s">
+        <v>106</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>176</v>
+      </c>
+      <c r="D307" t="s">
+        <v>953</v>
+      </c>
+      <c r="E307" t="s">
+        <v>954</v>
+      </c>
+      <c r="F307" t="s">
+        <v>106</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>180</v>
+      </c>
+      <c r="D308" t="s">
+        <v>953</v>
+      </c>
+      <c r="E308" t="s">
+        <v>954</v>
+      </c>
+      <c r="F308" t="s">
+        <v>106</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>183</v>
+      </c>
+      <c r="D309" t="s">
+        <v>953</v>
+      </c>
+      <c r="E309" t="s">
+        <v>954</v>
+      </c>
+      <c r="F309" t="s">
+        <v>106</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>187</v>
+      </c>
+      <c r="D310" t="s">
+        <v>953</v>
+      </c>
+      <c r="E310" t="s">
+        <v>954</v>
+      </c>
+      <c r="F310" t="s">
+        <v>106</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>191</v>
+      </c>
+      <c r="D311" t="s">
+        <v>953</v>
+      </c>
+      <c r="E311" t="s">
+        <v>954</v>
+      </c>
+      <c r="F311" t="s">
+        <v>106</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>195</v>
+      </c>
+      <c r="D312" t="s">
+        <v>953</v>
+      </c>
+      <c r="E312" t="s">
+        <v>954</v>
+      </c>
+      <c r="F312" t="s">
+        <v>106</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>199</v>
+      </c>
+      <c r="D313" t="s">
+        <v>953</v>
+      </c>
+      <c r="E313" t="s">
+        <v>954</v>
+      </c>
+      <c r="F313" t="s">
+        <v>106</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>203</v>
+      </c>
+      <c r="D314" t="s">
+        <v>953</v>
+      </c>
+      <c r="E314" t="s">
+        <v>954</v>
+      </c>
+      <c r="F314" t="s">
+        <v>106</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>207</v>
+      </c>
+      <c r="D315" t="s">
+        <v>953</v>
+      </c>
+      <c r="E315" t="s">
+        <v>954</v>
+      </c>
+      <c r="F315" t="s">
+        <v>106</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>211</v>
+      </c>
+      <c r="D316" t="s">
+        <v>953</v>
+      </c>
+      <c r="E316" t="s">
+        <v>954</v>
+      </c>
+      <c r="F316" t="s">
+        <v>494</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>215</v>
+      </c>
+      <c r="D317" t="s">
+        <v>953</v>
+      </c>
+      <c r="E317" t="s">
+        <v>954</v>
+      </c>
+      <c r="F317" t="s">
+        <v>13</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>219</v>
+      </c>
+      <c r="D318" t="s">
+        <v>953</v>
+      </c>
+      <c r="E318" t="s">
+        <v>954</v>
+      </c>
+      <c r="F318" t="s">
+        <v>106</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>223</v>
+      </c>
+      <c r="D319" t="s">
+        <v>953</v>
+      </c>
+      <c r="E319" t="s">
+        <v>954</v>
+      </c>
+      <c r="F319" t="s">
+        <v>106</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>227</v>
+      </c>
+      <c r="D320" t="s">
+        <v>953</v>
+      </c>
+      <c r="E320" t="s">
+        <v>954</v>
+      </c>
+      <c r="F320" t="s">
+        <v>106</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>231</v>
+      </c>
+      <c r="D321" t="s">
+        <v>953</v>
+      </c>
+      <c r="E321" t="s">
+        <v>954</v>
+      </c>
+      <c r="F321" t="s">
+        <v>106</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>235</v>
+      </c>
+      <c r="D322" t="s">
+        <v>953</v>
+      </c>
+      <c r="E322" t="s">
+        <v>954</v>
+      </c>
+      <c r="F322" t="s">
+        <v>106</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>239</v>
+      </c>
+      <c r="D323" t="s">
+        <v>953</v>
+      </c>
+      <c r="E323" t="s">
+        <v>954</v>
+      </c>
+      <c r="F323" t="s">
+        <v>106</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>243</v>
+      </c>
+      <c r="D324" t="s">
+        <v>953</v>
+      </c>
+      <c r="E324" t="s">
+        <v>954</v>
+      </c>
+      <c r="F324" t="s">
+        <v>106</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>247</v>
+      </c>
+      <c r="D325" t="s">
+        <v>953</v>
+      </c>
+      <c r="E325" t="s">
+        <v>954</v>
+      </c>
+      <c r="F325" t="s">
+        <v>106</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>251</v>
+      </c>
+      <c r="D326" t="s">
+        <v>953</v>
+      </c>
+      <c r="E326" t="s">
+        <v>954</v>
+      </c>
+      <c r="F326" t="s">
+        <v>106</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>255</v>
+      </c>
+      <c r="D327" t="s">
+        <v>953</v>
+      </c>
+      <c r="E327" t="s">
+        <v>954</v>
+      </c>
+      <c r="F327" t="s">
+        <v>106</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>259</v>
+      </c>
+      <c r="D328" t="s">
+        <v>953</v>
+      </c>
+      <c r="E328" t="s">
+        <v>954</v>
+      </c>
+      <c r="F328" t="s">
+        <v>106</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>263</v>
+      </c>
+      <c r="D329" t="s">
+        <v>953</v>
+      </c>
+      <c r="E329" t="s">
+        <v>954</v>
+      </c>
+      <c r="F329" t="s">
+        <v>106</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>267</v>
+      </c>
+      <c r="D330" t="s">
+        <v>953</v>
+      </c>
+      <c r="E330" t="s">
+        <v>954</v>
+      </c>
+      <c r="F330" t="s">
+        <v>106</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>271</v>
+      </c>
+      <c r="D331" t="s">
+        <v>953</v>
+      </c>
+      <c r="E331" t="s">
+        <v>954</v>
+      </c>
+      <c r="F331" t="s">
+        <v>106</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>275</v>
+      </c>
+      <c r="D332" t="s">
+        <v>953</v>
+      </c>
+      <c r="E332" t="s">
+        <v>954</v>
+      </c>
+      <c r="F332" t="s">
+        <v>106</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>588</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>279</v>
+      </c>
+      <c r="D333" t="s">
+        <v>953</v>
+      </c>
+      <c r="E333" t="s">
+        <v>954</v>
+      </c>
+      <c r="F333" t="s">
+        <v>106</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>592</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>283</v>
+      </c>
+      <c r="D334" t="s">
+        <v>953</v>
+      </c>
+      <c r="E334" t="s">
+        <v>954</v>
+      </c>
+      <c r="F334" t="s">
+        <v>106</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>596</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>287</v>
+      </c>
+      <c r="D335" t="s">
+        <v>953</v>
+      </c>
+      <c r="E335" t="s">
+        <v>954</v>
+      </c>
+      <c r="F335" t="s">
+        <v>106</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>623</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>290</v>
+      </c>
+      <c r="D336" t="s">
+        <v>953</v>
+      </c>
+      <c r="E336" t="s">
+        <v>954</v>
+      </c>
+      <c r="F336" t="s">
+        <v>106</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>626</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>294</v>
+      </c>
+      <c r="D337" t="s">
+        <v>953</v>
+      </c>
+      <c r="E337" t="s">
+        <v>954</v>
+      </c>
+      <c r="F337" t="s">
+        <v>106</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>630</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>298</v>
+      </c>
+      <c r="D338" t="s">
+        <v>953</v>
+      </c>
+      <c r="E338" t="s">
+        <v>954</v>
+      </c>
+      <c r="F338" t="s">
+        <v>106</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>633</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>302</v>
+      </c>
+      <c r="D339" t="s">
+        <v>953</v>
+      </c>
+      <c r="E339" t="s">
+        <v>954</v>
+      </c>
+      <c r="F339" t="s">
+        <v>106</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>636</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>306</v>
+      </c>
+      <c r="D340" t="s">
+        <v>953</v>
+      </c>
+      <c r="E340" t="s">
+        <v>954</v>
+      </c>
+      <c r="F340" t="s">
+        <v>106</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>662</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>310</v>
+      </c>
+      <c r="D341" t="s">
+        <v>953</v>
+      </c>
+      <c r="E341" t="s">
+        <v>954</v>
+      </c>
+      <c r="F341" t="s">
+        <v>106</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>665</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>314</v>
+      </c>
+      <c r="D342" t="s">
+        <v>953</v>
+      </c>
+      <c r="E342" t="s">
+        <v>954</v>
+      </c>
+      <c r="F342" t="s">
+        <v>106</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>668</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>318</v>
+      </c>
+      <c r="D343" t="s">
+        <v>953</v>
+      </c>
+      <c r="E343" t="s">
+        <v>954</v>
+      </c>
+      <c r="F343" t="s">
+        <v>106</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>672</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>322</v>
+      </c>
+      <c r="D344" t="s">
+        <v>953</v>
+      </c>
+      <c r="E344" t="s">
+        <v>954</v>
+      </c>
+      <c r="F344" t="s">
+        <v>106</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>690</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>326</v>
+      </c>
+      <c r="D345" t="s">
+        <v>953</v>
+      </c>
+      <c r="E345" t="s">
+        <v>954</v>
+      </c>
+      <c r="F345" t="s">
+        <v>106</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>693</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>330</v>
+      </c>
+      <c r="D346" t="s">
+        <v>953</v>
+      </c>
+      <c r="E346" t="s">
+        <v>954</v>
+      </c>
+      <c r="F346" t="s">
+        <v>106</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>696</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>334</v>
+      </c>
+      <c r="D347" t="s">
+        <v>953</v>
+      </c>
+      <c r="E347" t="s">
+        <v>954</v>
+      </c>
+      <c r="F347" t="s">
+        <v>106</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>700</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>338</v>
+      </c>
+      <c r="D348" t="s">
+        <v>953</v>
+      </c>
+      <c r="E348" t="s">
+        <v>954</v>
+      </c>
+      <c r="F348" t="s">
+        <v>106</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>712</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>342</v>
+      </c>
+      <c r="D349" t="s">
+        <v>953</v>
+      </c>
+      <c r="E349" t="s">
+        <v>954</v>
+      </c>
+      <c r="F349" t="s">
+        <v>106</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>716</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>346</v>
+      </c>
+      <c r="D350" t="s">
+        <v>953</v>
+      </c>
+      <c r="E350" t="s">
+        <v>954</v>
+      </c>
+      <c r="F350" t="s">
+        <v>106</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>720</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>350</v>
+      </c>
+      <c r="D351" t="s">
+        <v>953</v>
+      </c>
+      <c r="E351" t="s">
+        <v>954</v>
+      </c>
+      <c r="F351" t="s">
+        <v>106</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>724</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>354</v>
+      </c>
+      <c r="D352" t="s">
+        <v>953</v>
+      </c>
+      <c r="E352" t="s">
+        <v>954</v>
+      </c>
+      <c r="F352" t="s">
+        <v>106</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>10</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F353" t="s">
+        <v>494</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>10</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F354" t="s">
+        <v>106</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>17</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F355" t="s">
+        <v>106</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>21</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F356" t="s">
+        <v>106</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>25</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F357" t="s">
+        <v>106</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
         <v>29</v>
       </c>
-      <c r="D300" t="s">
-[...12 lines deleted...]
-        <v>1069</v>
+      <c r="D358" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F358" t="s">
+        <v>106</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>33</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F359" t="s">
+        <v>106</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>37</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F360" t="s">
+        <v>106</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>41</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F361" t="s">
+        <v>106</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>45</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F362" t="s">
+        <v>106</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>49</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F363" t="s">
+        <v>106</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>10</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F364" t="s">
+        <v>106</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>17</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F365" t="s">
+        <v>106</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>10</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F366" t="s">
+        <v>106</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>10</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F367" t="s">
+        <v>106</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>10</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F368" t="s">
+        <v>106</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>10</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>17</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>21</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>25</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F372" t="s">
+        <v>106</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>29</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>706</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>33</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>605</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>10</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F375" t="s">
+        <v>106</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1272</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11993,50 +14644,125 @@
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
     <hyperlink ref="G281" r:id="rId280"/>
     <hyperlink ref="G282" r:id="rId281"/>
     <hyperlink ref="G283" r:id="rId282"/>
     <hyperlink ref="G284" r:id="rId283"/>
     <hyperlink ref="G285" r:id="rId284"/>
     <hyperlink ref="G286" r:id="rId285"/>
     <hyperlink ref="G287" r:id="rId286"/>
     <hyperlink ref="G288" r:id="rId287"/>
     <hyperlink ref="G289" r:id="rId288"/>
     <hyperlink ref="G290" r:id="rId289"/>
     <hyperlink ref="G291" r:id="rId290"/>
     <hyperlink ref="G292" r:id="rId291"/>
     <hyperlink ref="G293" r:id="rId292"/>
     <hyperlink ref="G294" r:id="rId293"/>
     <hyperlink ref="G295" r:id="rId294"/>
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>