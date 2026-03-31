--- v0 (2025-10-21)
+++ v1 (2026-03-31)
@@ -54,2000 +54,2000 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>P.L.O</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_n._001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_n._001-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$ 150.000,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a AQUISIÇÃO DE UM VEÍCULO PARA A UNIDADE BÁSICA DE SAÚDE."</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_n._002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_n._002-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: "ALTERAR O NUMERO DE VAGAS DO CARGO DE FARMACÊUTICO NAS ATIVIDADES DE NIVEL SUPERIOR, PREVISTOS NO ANEXO 11_x000D_
 DA LEI 859/2019."</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_lei_n._003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_lei_n._003-2023.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre Autorização ao Poder Executivo firmar Termo de cooperação técnica e financeira, que tem por objetivo a capacitação técnica dos munícipes ( homens, mulheres, jovens e adultos ), na área de operadores de máquinas pesadas. "</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_n._004-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_n._004-2023.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE EMENDA NA LEI 1069/2022, ONDE SE ACRESCENTA AOS CARGOS DESCRITOS NESTA LEI, OS MESMOS CARGOS PREVISTOS NA LEI 859/2019. "</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_n._005-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_n._005-2023.pdf</t>
   </si>
   <si>
     <t>"MODIFICA REAJUSTANDO OS VALORES DO AUXILIO ALIMENTAÇÃO RECEBIDO PELOS CONSELHEIROS TUTELARES DO MUNICIPIO DE RIO CRESPO. "</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_n._006-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_n._006-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EMENDA NA LEI 1071/2022, ONDE SE ACRESCENTA ALGUMAS MUDANÇAS NESTA LEI, ACRESCENTANDO TAMBÉM ALGUNS CARGOS NO ANEXO I.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_n._007-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_n._007-2023.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 545.000,00 (quinhentos e quarenta e cinco mil reais), destinados à aquisição de uma retroescavadeira para atender a Secretaria de Agricultura de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_n._008-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_n._008-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio PLATAFORMA +BRASIL Nº 914577/2021, celebrado entre a União e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa - MD, Departamento do Programa Calha Norte - DPCN, tendo por objetivo Aquisição de Veículo de Carga."</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_n._009-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_n._009-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio n°478/PGE-2022, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a Aquisição dos seguintes bens: 01 Grade niveladora, 01 Perfurador de solo e 01 Cortador de grama. "</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_lei_n._010-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_lei_n._010-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio n°487/PGE-2022, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a Aquisição dos seguintes bens: 01 Roçadeira hidráulica, 01 Distribuidor de calcário e fertilizante e 01 Concha agrícola. "</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_lei_n011-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_lei_n011-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$ 350.00,00 para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE AMBULÂNCIA DE SUPORTE BÁSICO (TIPO B) PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA. "</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_n-12-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_n-12-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE MEDICAMENTOS para abastecimento do Hospital Municipal, Unidade Básica de Saúde e Farmácia Básica. "</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_n-13-2023..pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_n-13-2023..pdf</t>
   </si>
   <si>
     <t>" DISPOE SOBRE EMENDA NA LEI 564/2012, ONDE SE REVOGA O ARTIGO 2°, QUE TRATA DAS INCORPORAÇÕES DO VALOR DE GRATIFICAÇÕES, POREM MANTEM  AS INCORPORAÇÕES CONCEDIDAS ATÉ 12 DE NOVEMBRO DE 2019, EM OBEDIÊNCIA A EMENDA CONSTITUCIONAL 109/2019. "</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_n014-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_n014-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio PLATAFORMA+BRASIL N°916415/2021, celebrado entre a União e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa - MD, Departamento do Programa Calha Norte - DPCN, tendo por objeto Pavimentação Asfáltica em Via Urbana com Drenagem e Calçadas. "</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_n015-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_n015-2023.pdf</t>
   </si>
   <si>
     <t>" INSTITUI GRATIFICAÇÃO AOS SERVIDORES NOMEADOS PARA COMPOR A COMISSÃO QUE REALIZARÁ OS PROCEDIMENTOS ADMINISTRATIVOS DE INVENTARIO DE BENS PERMANENTES PARA A REALIZAÇÃO DE LEILÃO DE BENS PÚBLICOS PERTENCENTES AO MUNICIPIO, E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>GILTAMAR SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_n016-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_n016-2023.pdf</t>
   </si>
   <si>
     <t>" DENOMINA NOME DA CAPELA ECUMÊNICA DE RIO CRESPO, SITUADA NA RUA JUSTINIANO PEREIRA, N°1382, ESQUINA COM A RUA SÃO PAULO, SETOR 02, LOTEAMENTO EDIANE MARIA MOREIRA, A TITULAÇÃO DE CAPELA ECUMENICA MANUEL GOMES FERRREIRA. "</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_n017-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_n017-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 66.500,00 (sessenta e seis mil e quinhentos reais) destinados à Construção de Estacionamento da Prefeitura dr Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_n018-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_n018-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta n° 11779.393000/1210-04, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde com finalidade de financiar ações de ESTRUTURAÇÃO DA REDE DE_x000D_
 SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE. "</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_n019-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_n019-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$125.000,00 para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a AQUISIÇÃO MOTOCICLETAS PARA FORTALECIMENTO DAS AÇÕES DE SAÚDE PROMOVIDAS PELO PROGRAMA DE AGENTES COMUNITÁRIOS DE SAÚDE, EM ÂMBITO URBANO E RURAL. "</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/508/projeto_de_lei_n020-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/508/projeto_de_lei_n020-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Propostas n°3600.359952/2021, n°36000.359955/2021 e n°36000.359958/2021, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria n°1294 de 18/06/2021, com finalidade de financiar ações de CUSTEIO OS SERVIÇOS DE ATENÇÃO BÁSICA EM SAÚDE do Município. "</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_lei_n021-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_lei_n021-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional especial à Lei Orçamentária vigente, para atender ao Convênio n°485/PGE-2022, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a Contratação de Serviços de frete para transporte de calcário dolomítico. "</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_n022-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_n022-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo a contratar operação de crédito junto a Caixa Econômica Federal, e dá outras providências. "</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>JOALDO GOMES DE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/511/projeto_de_lei_n023-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/511/projeto_de_lei_n023-2023.pdf</t>
   </si>
   <si>
     <t>" Proceder a Revisão Geral Anual para conceder reposição e reajuste financeiro, em razão das percas inflacionárias, a ser aplicado sobre os vencimentos básicos dos Servidores da Câmara Municipal de Rio Crespo/RO, e dá outras providências".</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n024-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n024-2023.pdf</t>
   </si>
   <si>
     <t>" MODIFICA A LEI 853/2019, ACRESCENTANDO O CARGO DE COORDENADOR DE ORÇAMENTO E FINANÇAS, CARGO EM COMISSÃO NO ANEXO II E IV DA REFERIDA LEI. "</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_n025-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_n025-2023.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O PAGAMENTO DO REAJUSTE SALARIAL AOS SERVIDORES DA EDUCAÇÃO NO PERCENTUAL DE 14,95% (QUATORZE VÍRGULA NOVENTA E CINCO POR CENTO) VALOR ESTABELECIDO PELO GOVERNO FEDERAL NO NOVO PISO SALARIAL DOS PROFESSORES, ALTERANDO O ANEXO IV DA LEI MUNICIPAL 1071/2022, PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS TRABALHADORES EM EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO DE RIO CRESPO-RO. "</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_n026-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_n026-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo a criar e implantar o Conselho Municipal dos Direitos do Idoso - CMDI, a Conferência Municipal dos Direitos da Pessoa Idosa e o Fundo Municipal dos Direitos do Idoso, e dá outras providências. "</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE RIO CRESPO-RO - CRMC</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_n027-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_n027-2023.pdf</t>
   </si>
   <si>
     <t>" Desafeta do domínio público bens móveis e dá outras providências. "</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_n028-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_n028-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 50.000,00 (cinquenta mil reais), destinados ao cofinanciamento estadual da Atenção Primária de Saúde em Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_n029-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_n029-2023.pdf</t>
   </si>
   <si>
     <t>" MODIFICA A LEI 859/2019, EM SEUS ANEXOS I E VI, ACRESCENTANDO O CARGO DE DIRETOR DO SETOR DE MICROSCOPIA E O CARGO DE DIRETOR DO SETOR DO CONSELHO DE SAÚDE. "</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_n030-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_n030-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação n°0903/2022-014178, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Execução Ações nas áreas da Educação Infantil e Campo de Futebol. "</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_n031-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_n031-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação n°0903/2022-019288, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Aquisição de Caminhão Compactador de Coleta Convencional de Resíduos Sólidos. "</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_n032-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_n032-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação n°0903/2022-020682, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Construção de Muro de Alvenarias no Estádio de Futebol Municipal. "</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_n033-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_n033-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação n°0903/2022-022028, na modalidade de Transferência Especial, oriundo da União Federal para Município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a Modernização da Rede de Iluminação Pública. "</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_n034-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_n034-2023.pdf</t>
   </si>
   <si>
     <t>" Desafeta Área especifica e Autoriza o Poder Executivo Municipal a transferir, por doação, um Lote Urbano para o Estado de Rondônia para CONSTRUÇÃO DO PREDIO PARA ABRIGAR A POLICIA MILITAR NO MUNICIPIO DE RIO CRESPO-RO,  e dá outras Providências. "</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_n035-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_n035-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 152.691,49 (Cento e cinquenta e dois mil, seiscentos e noventa e um reais e quarenta e nove centavos), destinados à Construção de Estacionamento da Prefeitura de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_n036-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_n036-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 80.000,00 ( oitenta mil reais ), destinados à Aquisição de Instrumentos Musicais ao Projeto Social Música para Todos. "</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/550/projeto_de_lei_n037-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/550/projeto_de_lei_n037-2023.pdf</t>
   </si>
   <si>
     <t>" MODIFICA A LEI 853/2019, ACRESCENTANDO E EXTINGUINDO ALGUNS CARGOS EM COMISSÃO NO ANEXO II E NO ANEXO IV DA REFERIDA LEI. "</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_n038-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_n038-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio n°306/PGE-2020, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Assistência e do Desenvolvimento Social - SEAS, visando à construção da unidade do Centro de Referência de Assistência Social (CRAS) em Rio Crespo. "</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n039-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n039-2023.pdf</t>
   </si>
   <si>
     <t>" ALTERA OS VALORES DA REMUNERAÇÃO RECEBIDAS PELOS ASSESSORES INSTITUCIONAIS JUNTO AO PODER LEGISLATIVO, COM REPOSIÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS BÁSICOS DESTES SERVIDORES, EQUIPARANDO OS VALORES, AOS VENCIMENTOS DOS AGENTES ADMINISTRATIVOS DA CÂMARA MUNICIPAL DO MUNICIPIO."</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/557/projeto_de_lei_n040-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/557/projeto_de_lei_n040-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta n°36000.474647 celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria n°3483 de 12/09/2022, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO PRIMÁRIA EM SAÚDE do município. "</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_n._041-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_n._041-2023.pdf</t>
   </si>
   <si>
     <t>" MODIFICA A LEI 853/2019, EM SEUS ANEXOS I E III E A LEI 859/2019, EM SEUS ANEXOS II, IV E V, CRIANDO ALGUNS CARGOS E ACRESCENTANDO ALGUMAS VAGAS A OUTROS CARGOS JÁ EXISTENTES. "</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_n._042-2023_-_ouvidoria_e_acesso_a_informacao_lgpd.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_n._042-2023_-_ouvidoria_e_acesso_a_informacao_lgpd.pdf</t>
   </si>
   <si>
     <t>" Institui o Serviço de Ouvidoria e o Serviço de Acesso à Informação da Câmara Municipal de Rio Crespo - RO ".</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_n043-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_n043-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 47.299,29 (quarenta e sete mil, duzentos e noventa e nove reais e vinte e nove centavos), provenientes de superávit financeiro de recursos vinculados, oriundos do Fundo Estadual de Assistência Social. "</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_n044-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_n044-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta n°11779.393000/1220-02, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de ESTRUTURAÇÃO DA REDE DE SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE. "</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_lei_n045-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_lei_n045-2023.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre autorização ao Executivo para contratação de equipe médica (médicos, enfermeiros, técnicos e motoristas) para promover atendimento médico preventivo aos motoristas e ajudantes que transitam na BR, bem como os moradores da localidade onde serão realizados estes atendimentos, 03 (três) vezes ao ano no eixo da BR 364, pertencente ao município de Rio Crespo. "</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_n046-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_n046-2023.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a largura das estradas municipais e respectivas faixas de domínio, fixa limitações de uso, autoriza o Município se necessário desapropriar se estiver dentro dos limites estipulados por esta Lei, e dá outras providências. "</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_n047-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_n047-2023.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$ 19.821,50 (dezenove mil, oitocentos e vinte e um reais e cinquenta centavos), destinados à Execução do Serviço de Inspeção Sanitária via Consórcio CISAN Central/RO. "</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>ELISAMA BARROS DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/578/projeto_de_lei_n048-2023_elisama.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/578/projeto_de_lei_n048-2023_elisama.pdf</t>
   </si>
   <si>
     <t>"DISPÕE DA OBRIGATORIEDADE DA PUBLICAÇÃO FÍSICA DA LISTA DE ESPERA PARA OS SERVIÇOS DE HORAS-MÁQUINA AOS MUNÍCIPES NO ÂMBITO DO MUNICÍPIO DE RIO CRESPO/RONDÔNIA."</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_de_lei_n049-2023_elisama.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_de_lei_n049-2023_elisama.pdf</t>
   </si>
   <si>
     <t>" INSTITUI NO MUNICÍPIO DE RIO CRESPO O DIA MUNICIPAL DA VALORIZAÇÃO DA BÍBLIA COMEMORADO NO SEGUNDO DOMINGO DO MÊS DE DEZEMBRO. "</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_n050-2023_elisama.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_n050-2023_elisama.pdf</t>
   </si>
   <si>
     <t>" Determina a obrigatoriedade de afixação de placa informativa em obra pública paralisada no município, contendo a exposição dos motivos de sua interrupção com dados do órgão responsável, e dá outras providências."</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/593/projeto_de_lei_n051-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/593/projeto_de_lei_n051-2023.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n°14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem. "</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/597/projeto_de_lei_n052-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/597/projeto_de_lei_n052-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente até o valor de R$ 145.000,00 em favor do Fundo Municipal de Saúde, nos termos da Lei Federal n° 14.434/2022, com finalidade de pagamento do PISO SALARIAL DOS PROFISSIONAIS DA ENFERMAGEM do Município. "</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_n053-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_n053-2023.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE EMENDAS NA LEI 1.107/2023 E LEI 1047/2022, ONDE SE REVOGA PARTE DA REDAÇÃO DA ALINEA "A" DO ARTIGO 2°, LEI 1.107/2023,QUE TRATA DOS REQUISITOS PARA PRERENCHIMENTO DO CARGO DE COORDENADOR DE ORÇAMENTO E FINANÇAS E NO ARTIGO 4°, I DA LEI 1.047/2022, CARGO DE PREGOEIRO, ACRESCENTANDO EM SUA REDAÇÃO A PALAVRA E OU COMISSIONADO. "</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/603/projeto_de_lei_n054-2023_-_do_executivo_municipal.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/603/projeto_de_lei_n054-2023_-_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>" Estima a receita e fixa a despesa do Município de Rio Crespo para o exercício financeiro de 2024. "</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_n055-2023_-_do_executivo_municipal.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_n055-2023_-_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2024, e dá outras providências. "</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/605/projeto_de_lei_n056-2023_-_do_executivo_municipal.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/605/projeto_de_lei_n056-2023_-_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a Revisão do Plano Plurianual do município de Rio Crespo para o período de 2024 à 2025 e dá outras providências. "</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/609/projeto_de_lei_n057-2023_-_do_executivo_municipal.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/609/projeto_de_lei_n057-2023_-_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta n°36000.512355/2023, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria n°969 de 18/07/2023, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO PRIMÁRIA EM SAÚDE do Município. "</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_de_lei_n058-2023_-_do_executivo_municipal.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_de_lei_n058-2023_-_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 206/SEAS/PGE/2023, celebrado esntre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Assistência e do Desenvolvimento Social - SEAS, visando a aquisição de um veículo tipo pick up, Strada 1.3, cabine dupla, para atender a Secretaria Municipal de Assistência Social (SEMAS) em Rio Crespo. "</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/621/projeto_de_lei_n059-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/621/projeto_de_lei_n059-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio n° 050/2023/PGE/DER-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, visando a Recuperação de Estradas Vicinais. "</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/622/projeto_de_lei_n060-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/622/projeto_de_lei_n060-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$ 150.000,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE UM VEÍCULO TIPO MINIVAN 07 (SETE) LUGARES, PARA UNIDADE BÁSICA DE SAÚDE (CNES n°7177720). "</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_n061-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_n061-2023.pdf</t>
   </si>
   <si>
     <t>" DISPOE SOBRE EMENDA NA LEI 1046/202, ESTA EMENDA TRATA DE MATERIAS QUE DISCIPLINA EXCLUSIVAMENTE OS CARGOS DO PODER EXECUTIVO, RETIRANDO O ADICIONAL DE ENCARGOS ESPECIAIS-AEE, DO CARGO EM COMISSÃO DE ASSESSOR JURIDICO, DO CARGO EM COMISSÃO DE APOIO AO CONTROLE INTERNO, DO CARGO EM COMISSÃO DO CONTROLADOR INTERNO E DO CARGO EM COMISSÃO DO PROCURADOR JURIDICO, BEM COMO MODIFICA A REDAÇÃO DO PERCENTUAL DE 50% (CINQUENTA POR CENTO), PREVISTO NO ARTIGO 3º, I E II, FAZENDO CONSTAR AS PALAVRAS DE ATÉ 50% (CINQUENTA POR CENTO).</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_n062-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_n062-2023.pdf</t>
   </si>
   <si>
     <t>" DISPOE SOBRE EMENDA NA LEI 1047/2022, ONDE SE ACRESCENTA O PARAGRAFO ÚNICO AO ARTIGO 3° BEM COMO MUDA A REDAÇÃO DO ARTIGO 8°, I E II, FAZENDO CONSTAR AS PALAVRAS DE ATÉ 50%. "</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_n063-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_n063-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária Vigente, para atender ao Programa de Fortalecimento Emergencial do Atendimento do Cadastro Único no Sistema Único de Assistência Social (PROCAD-SUAS), oriundo do Fundo Nacional de Assistência Social ao Município de Rio Crespo/RO, visando atender aos Serviços de Assistência Social no município de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_n_064-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_n_064-2023.pdf</t>
   </si>
   <si>
     <t>" INSTITUI O SISTEMA DE GESTÃO EFICIENTE E DE RESULTADOS PARA O GERENCIAMENTO DE CONTROLE, MANUNTENÇÃO E USO DE VEÍCULOS OFICIAIS DA FROTA DA CÂMARA MUNICIPAL DE RIO CRESPO - RO, E CRIA A GRATIFICAÇÃO ESPECIAL DE ATIVIDADES G.E.A - FROTA, PARA A SUPERVISÃO DE FROTA OFICIAL, PARA SERVIDOR TIRULAR DO CARGO PÚBLICO DE MOTORISTA DA CÂMARA MUNICIPAL DE RIO CRESPO - RO. "</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/631/projeto_de_lei_n065-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/631/projeto_de_lei_n065-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Programa Saúde na Escola, celebrado entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria n°1.004 de 21/07/2023, com finalidade de financiar ações do PROGRAMA SAÚDE NA ESCOLA PARA O CICLO 2023/2024. "</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_n._066-2023_-_ambulancia_semi-uti.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_n._066-2023_-_ambulancia_semi-uti.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, no valor de R$ 400.000,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE UMA AMBULÂNCIA SEMI-UTI (TIPO C), PARA O HOSPITAL DE PEQUENO PORTE - HPP (CNES 7177739)."</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_n._067-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_n._067-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº CNV/290/SEOSP/PGE/2023, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, visando a aquisição de luminárias para implantação de melhorias na iluminação pública."</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_n_068-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_n_068-2023.pdf</t>
   </si>
   <si>
     <t>"  Dispõe sobre autorização ao Executivo para a doação de imóveis, à empresa DOMICIO BAPTISTA DE ARAUJO. "</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_n069-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_n069-2023.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Despesas extraordinárias em ações e serviços do Sistema Único de Assistência Social (SUAS), oriundo do Fundo Nacional de Assistência Social ao Município de Rio Crespo/RO, visando atender aos Serviços de Assistência Social do município de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_n._070-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_n._070-2023.pdf</t>
   </si>
   <si>
     <t>" ACRESCENTA O ART. 2°-A, ALTERA O ART. 9°, "CAPUT", E O ANEXO I, DA LEI MUNICIPAL N. 988/2023. "</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_n_071-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_n_071-2023.pdf</t>
   </si>
   <si>
     <t>" Emenda à Lei Orçamentária Municipal n° 1.065 de 19 de Dezembro de 2022, alterando o caput do artigo 6° e dá outras providências. "</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>P.R</t>
   </si>
   <si>
     <t>Projeto de Resolução da Camara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_resolucao_n001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_resolucao_n001-2023.pdf</t>
   </si>
   <si>
     <t>" DISPÕE: sobre a composição das Comissões Permanentes da Câmara Municipal de Rio Crespo/RO e dá outras providências. "</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/</t>
   </si>
   <si>
     <t>“ Sobre a COMISSÃO ESPECÍFICA TEMPORÁRIA DE ACOMPANHAMENTO DA EDUCAÇÃO-CETAE, da Câmara Municipal de Rio Crespo-RO, para acompanhamento, controle e auditoria legislativa da Situação Educacional do Município de Rio Crespo-RO. "</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_de_resolucao_n_003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_de_resolucao_n_003-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Institui, por meio desta RESOLUÇÃO com eficácia de Lei Ordinária Municipal, nos termos do Regimento Interno desta Casa de Leis, e observando a estrita e exclusiva legalidade por meio do PARECER PRÉVIO, julgado nos autos do PROCESSO N.00723/2023-TCE-RO, pelo PLENO DO TRIBUNAL DE CONTAS DO ESTADO DE RONDÔNIA, fica alcançado por meio deste ato legislativo a instituição da VERBA DE NATUREZA INDENIZATÓRIA DENOMINADA DE AUXILIO-ALIMENTAÇÃO, para os Vereadores no efetivo exercício do mandado na Câmara Municipal de Rio Crespo-RO, com pilar de sustentação em Garantias de Preservação de Direitos Sociais mínimos, consagrados pelo Art. 7º, “caput”, da Constituição Federal de 1988, como a dignidade da pessoa humana e os valores sociais do trabalho que corroboram com as garantias fundamentais de cunho social, como a razoabilidade, proporcionalidade e isonomia, que tem por princípio basilar assegurar o mínimo existencial por meio de um conjunto de políticas públicas republicanas..."</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Proposta de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/657/proposta_de_decreto_legislativo_n_001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/657/proposta_de_decreto_legislativo_n_001-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: " SUSTAR a terminologia "SEM ÔNUS", inserida no Art. 1° "caput", do DECRETO N° 2023, DE 11 DE OUTUBRO DE 2023, EXARADO PELO PODER EXECUTIVO MUNICIPAL, publicado no Diário Oficial dos Municípios do Estado de Rondônia, no dia 23/10/2023, Edição 3585. "</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/658/proposta_de_decreto_legislativo_n_002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/658/proposta_de_decreto_legislativo_n_002-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: " SUSTAR OS EFEITOS E A EFICÁCIA DA REDAÇÃO DA EMENTA, O ART. 1°, E O PARÁGRAFO ÚNICO, DO DECRETO N° 2035 DE 06 DE NOVEMBRO DE 2023, EXARADO PELO PODER EXECUTIVO MUNICIPAL, PUBLICADA NO DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DE RONDÔNIA, NO DIA 10/11/2023. EDIÇÃO 3598. "</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>Ind.</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>RIVELINO DIAS  (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/513/idicacao_no_007-2025.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/513/idicacao_no_007-2025.pdf</t>
   </si>
   <si>
     <t>"Que realize o aumento da Jornada de Trabalho, com a implantação de carga horaria no setor de Odontologia da Unidade Básica de Saúde – UBS (Emilio Gavioli) do Município de Rio Crespo - RO, totalizando 40 (quarenta) horas semanais. "</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n001-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que encaminhe novo plano de cargos e carreira da saúde, com as adequações necessárias, pois o mesmo encontra-se defasado. "</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n002-2023.pdf</t>
   </si>
   <si>
     <t>"  Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que  faça o cascalhamento da rua São Paulo, pois devido às fortes chuvas, a estrada tem ficado cada vez mais danificada. "</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n003-2023.pdf</t>
   </si>
   <si>
     <t>"  Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que faça uma medida para recolher os cachorros e gatos que vivem na rua e a castração dos mesmos, pois cuidar dos animais que vivem nessa situação, é uma questão de saúde pública. "</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n004-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n004-2023.pdf</t>
   </si>
   <si>
     <t>"  Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize o cascalhamento da Rua São Paulo sentido ao campo municipal. "</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>ROSELINA MIRANDA MUCHINSKI (ROSE)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n005-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n005-2023.pdf</t>
   </si>
   <si>
     <t>"  Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize a iluminação da praça municipal de Rio Crespo - RO. "</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n006-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n006-2023.pdf</t>
   </si>
   <si>
     <t>"  Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize novamente a pintura da faixa de pedestres diante as escolas do município, e também seja devidamente regulamentado as placas sinalizadoras de Proibido Estacionar, localizadas em frente às Escolas Municipais e a Escola Estadual, no local de circulação dos ônibus escolares. "</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n007-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n007-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, o aumento da Jornada de Trabalho, com a implantação de carga horaria no setor de Odontologia da Unidade Básica de Saúde – UBS (Emilio Gavioli) do Município de Rio Crespo-RO, totalizando 40 (quarenta) horas semanais. "</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n008-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n008-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que tome as devidas providencias para que seja realizado o ampliamento e o reboco do muro na escola municipal Carrosel Dourado. "</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n009-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n009-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize a construção da faixa de pedestre elevada, um pouco mais a frente (próximo á esquina) da faixa que já está localizada em frente á Escola Estadual do Município de Rio Crespo – RO. "</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>JOSÉ CARLOS MENDES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n010-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n010-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, e ao Secretário Municipal de Obras, EDER DA SILVA, que realizem melhorias na estrada, localizada na linha C-80. "</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>RIVELINO DIAS (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n011-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n011-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que em conjunto com o setor competente, realize a adoção de medidas necessárias para que seja posicionado um Padrão de Energia Elétrica e Postes de Iluminação no Cemitério Municipal de Rio Crespo - RO. Reiterando a INDICAÇÃO N°001/2022 que não obtivemos nenhum posicionamento. "</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n012-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n012-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que encaminhe novo plano de cargo e carreira da saúde, com as adequações necessárias, pois o mesmo encontra-se defasado. "</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n013-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n013-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize melhorias nas estradas, localizadas nas linhas C-80 Burareiro e C-80 Marechal. "</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n014-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n014-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que encaminhe o NOVO PLANO DE CARGO E CARREIRA DOS SERVIDORES, com as adequações necessárias, pois o mesmo encontra-se defasado. "</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n015-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n015-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que providencie as adequações necessárias para a manutenção e a substituição das lâmpadas queimadas nos postes de iluminação pública, localizadas na Rua Francisco Alexandre Fonseca. "</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n016-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n016-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que envie a esta Casa Legislativa, o Projeto de Lei para que seja implementado o Piso Salarial, dos Profissionais de Enfermagem do Município de Rio Crespo/RO, e juntamente, realize o pagamento do Programa de Integração Social (PIS). "</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n017-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n017-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize a implantação de uma placa, com o NOME da Prefeitura Municipal de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_n018-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_n018-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que providencie as adequações necessárias para a manutenção e a substituição das lâmpadas queimadas nos postes de iluminação pública, localizadas na Rua Francisco Alexandre Fonseca. Reiterando o pedido da Indicação n°015/2023. "</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/559/indicacao_n019-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/559/indicacao_n019-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que encaminhe a esta Casa Legislativa, o Projeto de Lei que se refere ao aumento do Piso Salarial dos Profissionais de Enfermagem, com as adequações necessárias. "</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/569/ordem_do_dia_da_vigesima_sessao_ordinaria_de_2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/569/ordem_do_dia_da_vigesima_sessao_ordinaria_de_2023.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que em conjunto com o setor competente, realize a implantação de 02 (dois) quebra molas (lombadas), ambos na chegada do município, um na linha C-85 e a outra na linha B-65."</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_n021-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_n021-2023.pdf</t>
   </si>
   <si>
     <t>" Indica na forma regimental, invocando por analogia o Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo - RO, ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo - RO, EVANDRO EPIFANIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno e Fazendário para adoção de medidas necessárias no âmbito interno desta Prefeitura para realização de um Estudo Técnico Cientifico na Legislação Tributária municipal e enviar até esta Casa Legislativa de um PROJETO DE LEI, para promoção de políticas públicas positivas e disponibilidade de serviços públicos para a prestação de serviços público de pequenas obras e/ou assemelhados que necessitem de MAQUINÁRIOS DO PODER PÚBLICO DIRETAMENTE PARA CADA INTERESSADO MUNÍCIPE MEDIANTE PAGAMENTO DE TAXAS "</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_n022-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_n022-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo - RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja feita a REFORMA e DESINFCÇÃO com a Máxima Urgência do CENTRO CULTURAL de Rio Crespo/RO. Reiterando a Indicação n°029/2021 que até o presente momento não houve resposta. "</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n023-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n023-2023.pdf</t>
   </si>
   <si>
     <t>" incluir ao Plano de Cargos, Carreira e Remuneração dos Profissionais em Saúde do Município de Rio Crespo – Rondônia, o Art. 57° – da Lei Municipal n° 1071/2022. "</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>ODAIR JOSÉ RODRIGUES (MANO GREGORIO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n024-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n024-2023.pdf</t>
   </si>
   <si>
     <t>" Indica na forma regimental, invocando por analogia o Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo-RO, ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno e de PLANEJAMENTO, para adoção de medidas necessárias no âmbito interno desta Prefeitura para realização de um Estudo Técnico Cientifico na Legislação e enviar até esta Casa Legislativa um PROJETO DE LEI, para promoção de políticas públicas positivas para TERCEIRIZAÇÃO DE SERVIÇOS MÉDICOS, em Rio Crespo-RO, com objetivo de FACILITAR A PROMOÇÃO DA SAÚDE PÚBLICA DE QUALIDADE, inclusive com Especialistas em áreas da Medicina em Rio Crespo-RO. "</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n025-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n025-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que sejam colocadas FAIXAS DE PEDESTRES em frente ás Escolas da Rede Municipal, CARROSSEL DOURADO e VANEIDE DE OLIVEIRA. Reiterando a Indicação N° 002/2022 que até o presente momento não foi respondido.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n026-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n026-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que junto com o Secretario Municipal de Saúde, busque solucionar atendimento para os finais de semana e feriados no laboratório municipal de Rio Crespo-RO. "</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n027-2023_rose.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n027-2023_rose.pdf</t>
   </si>
   <si>
     <t>" Indica na forma regimental, invocando por analogia o Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo-RO, ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO, EVANDRO EPIFANIO DE FARIA, a SUGESTÃO LEGISLATIVA e institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno e de PLANEJAMENTO, para adoção de medidas necessárias no âmbito interno desta Prefeitura para realização de um Estudo Técnico Cientifico na Legislação e enviar até esta Casa Legislativa, um PROJETO DE LEI, de iniciativa da Senhora Roselina Miranda deste Município, para promoção de políticas públicas positivas para INSTITUI O PROGRAMA MUNICIPAL DE FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS MUNICIPAIS DE RIO CRESPO-RO. "</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_n028-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_n028-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, incluir ao Plano de Cargos, Carreira e Remuneração dos Profissionais em Saúde do Município de Rio Crespo – Rondônia, o Art. 57° – da Lei Municipal n° 1071/2022. Reiterando a Indicação N°023/2023, que até o presente momento não foi respondida. "</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_n029-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_n029-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que encaminhe a esta Casa Legislativa, o Projeto de Lei que se refere ao aumento do Piso Salarial dos Profissionais de Enfermagem, com as adequações necessárias. Reiterando a Indicação N°019/2023, que até o presente momento não foi respondida. "</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_n030-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_n030-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito, EVANDRO EPIFÂNIO DE FARIA, que providencie e encaminhe a está Casa Legislativa o Projeto de Lei que se refere ao Plano de Cargo e Carreira das Secretarias que ainda não possuem. "</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n031-2023_giltamar.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n031-2023_giltamar.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize a colocação de postes de iluminação pública na Rua São Paulo sentido a RO - 459. "</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_n032-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_n032-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor responsável, realize a retirada do poste que está localizado na parte interior do muro da Escola Vaneide de Oliveira. "</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_n033-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_n033-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor responsável, realize a reforma dos pilares da caixa d'água da Escola Vaneide de Oliveira. "</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n034-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n034-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize o cascalhamento e as devidas melhorias, no carreador do Senhor Mineiro, na Linha C-90, sentido marechal. "</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n035-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n035-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito, EVANDRO EPIFÂNIO DE FARIA, e o Secretario responsável, ANTONIO CARLOS MARTINS, que realize com máxima urgência as manutenções e troca das lâmpadas dos postes de iluminação pública da Av. Afonso Gago. "</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/613/indicacao_n036-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/613/indicacao_n036-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor competente, realize a refrigeração do refeitório da Escola Vaneide de Oliveira, ou abertura de uma janela no local. "</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_n037-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_n037-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor competente, forneça na Escola Vaneide de Oliveira, merenda escolar, antes do inicio das aulas, para os alunos que residem em lugares distantes. "</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>FAGNER DE SOUZA CARDOSO (GUINA)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/615/indicacao_n038-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/615/indicacao_n038-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno, Contabilidade e Recursos Humanos, para adoção de medidas necessárias no âmbito interno desta Prefeitura, para realização de um estudo técnico cientifico na legislação municipal e enviar até esta Casa Legislativa de um PROJETO DE LEI, para promoção de políticas públicas positivas para CRIAR POLÍTICAS DE JUSTIÇA DE VENCIMENTO BÁSICO DE SERVIDOR DO CARGO DE MOTORISTA, lotados na Secretária Municipal de Saúde de Rio Crespo-RO, conceder o vencimento base salarial nos mesmos valores e com as adequações necessárias conforme parâmetros criados pela Lei Municipal N. 1.030/2022. "</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/616/indicacao_n039-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/616/indicacao_n039-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que realize o prancheamento na ponte da Linha  C-90, nas proximidades da residência do Senhor Edson da Seiko. "</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no_040-2023_-rivelino_dias.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no_040-2023_-rivelino_dias.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, juntamente com o Secretário de Serviços Urbanos, ANTONIO CARLOS MARTINS, que realizem a adoção de providências necessárias para a manutenção e substituição das lâmpadas de iluminação pública da Praça Municipal de Rio Crespo-RO. Considerando que a iluminação pública é um direito da população conforme, Lei Municipal n°457/2009 que institui no município de Rio Crespo-RO a contribuição para custeio da iluminação pública prevista no artigo 149-A da Constituição Federal. "</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_no_041-2023_-_elisama_barros_de_souza.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_no_041-2023_-_elisama_barros_de_souza.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor responsável, realize a reforma dos pilares da caixa d'água da Escola Vaneide de Oliveira. Reiterando a Indicação nº 033/2023 – do Legislativo Municipal, que até o presente momento não ouve nenhuma resposta. "</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_no_042-2023_-_elisama_brros_de_souza.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_no_042-2023_-_elisama_brros_de_souza.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor competente, realize a refrigeração do refeitório da Escola Vaneide de Oliveira, ou abertura de uma janela no local. Reiterando a Indicação nº 036/2023 – do Legislativo Municipal, que até o presente momento não ouve nenhuma resposta. "</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_no_043-2023_-_elisama_barros_de_souza.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_no_043-2023_-_elisama_barros_de_souza.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor competente, forneça na Escola Vaneide de Oliveira, merenda escolar, antes do início das aulas, para os alunos que residem em lugares distantes. Reiterando a Indicação nº 037/2023 – do Legislativo Municipal, que até o presente momento não ouve nenhuma resposta. "</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/642/indicacao_n044-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/642/indicacao_n044-2023.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo - RO, EVANDRO EPIFÂNIO DE FARIA, que junto com a Secretaria de Urbanismo, tome as devidas providências referente à situação em que se encontra a Rua São Paulo, com grande quantidade de buracos, com várias valetas, próximo à Capela."</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n045-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n045-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que seja colocado uma lombada, sentido setor chacarereiro, logo após a serraria, tendo como ressalta que no mesmo local, havia um quebra molas que devido à pavimentação da rua, o mesmo foi retirado. "</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n._046-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n._046-2023.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que junto com a Secretaria Municipal de Saúde, estejam implantando no município um espaço para a realização de Atendimento Educacional Especializado a Crianças e Adolescentes, que possuem necessidades especiais e precisam de acompanhamento psicoterápico. "</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_n001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_n001-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Resolução n°001/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n002-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°008/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_n003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_n003-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°009/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_n004-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_n004-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°010/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_n005-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_n005-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°011/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_n006-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_n006-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o interstício de um turno para o outro e incluída a votação do 2° turno do Projeto de Lei n°018/2023 - do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_n007-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_n007-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o interstício de um turno para o outro e incluída a votação do 2° turno do Projeto de Lei n°020/2023 - do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_n008-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_n008-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°023/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_n009-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_n009-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°028/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_n010-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_n010-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°031/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_n011-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_n011-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°032/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_n012-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_n012-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°033/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_n013-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_n013-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°035/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_n014-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_n014-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2° Turno do Projeto de Lei n°022/2023 - do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/552/requerimento_n015-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/552/requerimento_n015-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°030/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_n016-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_n016-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°038/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_n017-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_n017-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°039/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_n018-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_n018-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°040/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_n019-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_n019-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°042/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_n020-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_n020-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°043/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_n021-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_n021-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°044/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_n022-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_n022-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°047/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_n023-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_n023-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°041/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n024-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n024-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Resolução n°002/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_n025-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_n025-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n° 052/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_n026-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_n026-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n° 057/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_n027-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_n027-2023.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n° 058/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n° 063/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/647/requerimento_n029-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/647/requerimento_n029-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei n° 064/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>Gabinete da Presidência - Gab-Pres</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_n030-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_n030-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei n° 065/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/649/requerimento_n031-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/649/requerimento_n031-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei n° 067/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._032-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._032-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei n° 069/2023 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/661/requerimento_n._033-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/661/requerimento_n._033-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Lei n° 070/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/662/requerimento_n._034-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/662/requerimento_n._034-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Resolução n° 003/2023 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/663/requerimento_n._035-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/663/requerimento_n._035-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Decreto Legislativo Municipal n° 001/2023, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_n._036-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_n._036-2023.pdf</t>
   </si>
   <si>
     <t>"REQUERER dos nobres Vereadores, que o Projeto de Decreto Legislativo Municipal n° 002/2023, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>P.Sup</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
     <t>HIAGO MOREIRA GAVIOLI (HIAGO GAVIOLI)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/524/proposta_de_emenda_supressiva_n001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/524/proposta_de_emenda_supressiva_n001-2023.pdf</t>
   </si>
   <si>
     <t>" DISPÕE: Suprimir o inciso I, do art. 1°, do Projeto de Lei n°022/2023. "</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/595/proposta_de_emenda_supressiva_n0002-2023_odair.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/595/proposta_de_emenda_supressiva_n0002-2023_odair.pdf</t>
   </si>
   <si>
     <t>" Fica suprimido o artigo 4° do Projeto de Lei n° 049/2023- do Legislativo Municipal. "</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>P.Sub</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/525/proposta_de_emenda_substitutiva_n001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/525/proposta_de_emenda_substitutiva_n001-2023.pdf</t>
   </si>
   <si>
     <t>" DISPÕE: Fica Substituído o art. 1° do Projeto de Lei n°022/2023 - do Executivo Municipal. "</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_substitutiva_no_002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_substitutiva_no_002-2023.pdf</t>
   </si>
   <si>
     <t>" Fica substituído o parágrafo primeiro do art. 2° do Projeto de Lei n°030/2023. "</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>P.Mod</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
     <t>" Altera a alínea a) do artigo 2° do Projeto de Lei N°024/2023 - do Executivo Municipal. "</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/596/proposta_de_emenda_modificativa_n002-2023_odair.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/596/proposta_de_emenda_modificativa_n002-2023_odair.pdf</t>
   </si>
   <si>
     <t>" Modifica o artigo 2° do Projeto de Lei n°049/2023 - do Legislativo Municipal. "</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/629/proposta_de_emenda_modificativa_n003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/629/proposta_de_emenda_modificativa_n003-2023.pdf</t>
   </si>
   <si>
     <t>" Altera o §1°, do art. 7°, do Projeto de Lei n°055/2023. "</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/630/proposta_de_emenda_modificativa_n004-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/630/proposta_de_emenda_modificativa_n004-2023.pdf</t>
   </si>
   <si>
     <t>" Altera o art. 48 e seus incisos I, II, III e IV, do Projeto de Lei n° 055/2023 do Executivo Municipal. "</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/637/proposta_de_emenda_modificativa_no_005-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/637/proposta_de_emenda_modificativa_no_005-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 6º do Projeto de Lei nº 054/2023".</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/638/proposta_de_emenda_modificativa_no_006-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/638/proposta_de_emenda_modificativa_no_006-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 28 do Projeto de Lei nº 055/2023".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/639/proposta_de_emenda_modificativa_no_007-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/639/proposta_de_emenda_modificativa_no_007-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 42 do Projeto de Lei nº 055/2023".</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/640/proposta_de_emenda_modificativa_no_008-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/640/proposta_de_emenda_modificativa_no_008-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Altera o art. 49 do Projeto de Lei nº 055/2023".</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>P.Adi</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/546/proposta_de_emenda_aditiva_no_001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/546/proposta_de_emenda_aditiva_no_001-2023.pdf</t>
   </si>
   <si>
     <t>" Fica acrescentado no inciso II do art. 1° do Projeto de Lei n°022/2023. "</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/636/proposta_de_emenda_aditiva_no_002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/636/proposta_de_emenda_aditiva_no_002-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "Acrescenta o parágrafo único ao art. 8º do Projeto de Lei nº 054/2023".</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>" A CÂMARA MUNICIPAL DE RIO CRESPO-RO, em nome de todos os Vereadores, apresenta MOÇÃO DE APLAUSOS à Agente Comunitária de Saúde do município de Rio Crespo - RO, Senhora Milena Romão Batista, pela sua participação em buscar uma solução e em ser disponível para o desfecho de uma ocorrência que não teria sido solucionada sem a participação ativa da referida ".</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/617/mocao_de_aplausos_n002-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/617/mocao_de_aplausos_n002-2023.pdf</t>
   </si>
   <si>
     <t>" A CÂMARA MUNICIPAL DE RIO CRESPO – RO, em nome de todos os Vereadores, apresenta MOÇÃO DE APLAUSOS em celebração ao Dia do Professor, comemorado no dia 15 de outubro. Parabéns a todos os Professores pelo comprometimento em moldar mentes e inspirar futuras gerações. "</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/618/mocao_de_aplausos_n003-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/618/mocao_de_aplausos_n003-2023.pdf</t>
   </si>
   <si>
     <t>" A CÂMARA MUNICIPAL DE RIO CRESPO – RO, em nome de todos os Vereadores, apresenta MOÇÃO DE APLAUSOS em celebração ao Dia do Médico, comemorado no dia 18 de outubro. Parabéns a todos os Profissionais responsáveis pela promoção da saúde da população e por desempenhar o seu trabalho com muito comprometimento e dedicação. "</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>RGV</t>
   </si>
   <si>
     <t>REQUERIMENTO GABINETE VEREADOR (RIVELINO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_n001-2023_rivelino.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_n001-2023_rivelino.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, com amparo em disposições regimentais, que seja abonada a minha falta na Vigésima Sexta Sessão Ordinária desta Casa de Leis, que se realizou no dia 11 de setembro de 2023, considerando que eu estava acompanhando meu pai, Sr. JOSÉ DIAS, que se encontrava internado no Hospital Estadual e Pronto Socorro JOÃO PAULO II desde o dia 06/09/2023 e na Unidade de Terapia Intensiva desde o dia 07/09/2023, em estado grave, conforme Declaração de Internação anexa. "</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>REQUERIMENTO GABINETE VEREADORA (ROSELINA)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_n001-2023_rose.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_n001-2023_rose.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, com amparo em disposições regimentais, que seja abonada a minha falta na Vigésima Sexta Sessão Ordinária desta Casa de Leis, que se realizou no dia 11 de setembro de 2023, tendo em vista que precisei me ausentar para cuidar da minha cunhada CLARÊ MOCHINSKI, que havia realizado um procedimento cirúrgico. "</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO DA COMISSÃO</t>
   </si>
   <si>
     <t>CCRJ - Comissão de Constituição, Redação e Justiça</t>
   </si>
   <si>
     <t>" PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI N°048/2023 - DO LEGISLATIVO MUNICIPAL. "</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>" PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI N° 053/2023. "</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/643/parecer_contrario_pl_061.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/643/parecer_contrario_pl_061.pdf</t>
   </si>
   <si>
     <t>"PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI N° 061/2023."</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/644/parecer_contrario_pl_062.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/644/parecer_contrario_pl_062.pdf</t>
   </si>
   <si>
     <t>"PARECER CONTRÁRIO DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI N° 062/2023."</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/627/mocao_de_pesar_n._001-2023.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/627/mocao_de_pesar_n._001-2023.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE RIO CRESPO - RO, em nome de todos os Vereadores, apresenta à família da Senhora TEREZA BOF, Moção de Pesar pelo falecimento de seu esposo JOÃO PEREIRA DA SILVA, ocorrido no dia 30 de outubro de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2354,68 +2354,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_n._001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_n._002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_lei_n._003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_n._004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_n._005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_n._006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_n._007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_n._008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_n._009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_lei_n._010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_lei_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_n-12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_n-13-2023..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/508/projeto_de_lei_n020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_lei_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/511/projeto_de_lei_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_n027-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_n028-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_n031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_n032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_n033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_n034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_n035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_n036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/550/projeto_de_lei_n037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_n038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/557/projeto_de_lei_n040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_n._041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_n._042-2023_-_ouvidoria_e_acesso_a_informacao_lgpd.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_n043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_n044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_lei_n045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_n046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_n047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/578/projeto_de_lei_n048-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_de_lei_n049-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_n050-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/593/projeto_de_lei_n051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/597/projeto_de_lei_n052-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_n053-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/603/projeto_de_lei_n054-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_n055-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/605/projeto_de_lei_n056-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/609/projeto_de_lei_n057-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_de_lei_n058-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/621/projeto_de_lei_n059-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/622/projeto_de_lei_n060-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_n061-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_n062-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_n063-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_n_064-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/631/projeto_de_lei_n065-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_n._066-2023_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_n._067-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_n_068-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_n069-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_n._070-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_n_071-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_resolucao_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_de_resolucao_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/657/proposta_de_decreto_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/658/proposta_de_decreto_legislativo_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/513/idicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n005-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n006-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n007-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n008-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n009-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n010-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n012-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n013-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/559/indicacao_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/569/ordem_do_dia_da_vigesima_sessao_ordinaria_de_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n027-2023_rose.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_n028-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n031-2023_giltamar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_n032-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_n033-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n034-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n035-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/613/indicacao_n036-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_n037-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/615/indicacao_n038-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/616/indicacao_n039-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no_040-2023_-rivelino_dias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_no_041-2023_-_elisama_barros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_no_042-2023_-_elisama_brros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_no_043-2023_-_elisama_barros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/642/indicacao_n044-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n045-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n._046-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_n005-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_n006-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_n007-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_n008-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_n009-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_n010-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_n012-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_n013-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/552/requerimento_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_n020-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_n027-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/647/requerimento_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/649/requerimento_n031-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/661/requerimento_n._033-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/662/requerimento_n._034-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/663/requerimento_n._035-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_n._036-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/524/proposta_de_emenda_supressiva_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/595/proposta_de_emenda_supressiva_n0002-2023_odair.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/525/proposta_de_emenda_substitutiva_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_substitutiva_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/596/proposta_de_emenda_modificativa_n002-2023_odair.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/629/proposta_de_emenda_modificativa_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/630/proposta_de_emenda_modificativa_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/637/proposta_de_emenda_modificativa_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/638/proposta_de_emenda_modificativa_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/639/proposta_de_emenda_modificativa_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/640/proposta_de_emenda_modificativa_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/546/proposta_de_emenda_aditiva_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/636/proposta_de_emenda_aditiva_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/617/mocao_de_aplausos_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/618/mocao_de_aplausos_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_n001-2023_rivelino.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_n001-2023_rose.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/643/parecer_contrario_pl_061.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/644/parecer_contrario_pl_062.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/627/mocao_de_pesar_n._001-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_n._001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_n._002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_lei_n._003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_n._004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_n._005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_n._006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_n._007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_n._008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_n._009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_lei_n._010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_lei_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_n-12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_n-13-2023..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/508/projeto_de_lei_n020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_lei_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/511/projeto_de_lei_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_n027-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_n028-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_n031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_n032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_n033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_n034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_n035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_n036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/550/projeto_de_lei_n037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_n038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/557/projeto_de_lei_n040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_n._041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_n._042-2023_-_ouvidoria_e_acesso_a_informacao_lgpd.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_n043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_n044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_lei_n045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_n046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_n047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/578/projeto_de_lei_n048-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_de_lei_n049-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_n050-2023_elisama.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/593/projeto_de_lei_n051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/597/projeto_de_lei_n052-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_n053-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/603/projeto_de_lei_n054-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_n055-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/605/projeto_de_lei_n056-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/609/projeto_de_lei_n057-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_de_lei_n058-2023_-_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/621/projeto_de_lei_n059-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/622/projeto_de_lei_n060-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_n061-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_n062-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_n063-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_n_064-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/631/projeto_de_lei_n065-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_n._066-2023_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_n._067-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_n_068-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_n069-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_n._070-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_n_071-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_resolucao_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_de_resolucao_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/657/proposta_de_decreto_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/658/proposta_de_decreto_legislativo_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/513/idicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n005-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n006-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n007-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n008-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n009-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n010-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n012-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n013-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/559/indicacao_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/569/ordem_do_dia_da_vigesima_sessao_ordinaria_de_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n027-2023_rose.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_n028-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n031-2023_giltamar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_n032-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_n033-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n034-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n035-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/613/indicacao_n036-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_n037-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/615/indicacao_n038-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/616/indicacao_n039-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no_040-2023_-rivelino_dias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_no_041-2023_-_elisama_barros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_no_042-2023_-_elisama_brros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_no_043-2023_-_elisama_barros_de_souza.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/642/indicacao_n044-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n045-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n._046-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_n005-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_n006-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_n007-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_n008-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_n009-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_n010-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_n011-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_n012-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_n013-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_n014-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/552/requerimento_n015-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_n017-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_n018-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_n019-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_n020-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_n021-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_n022-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_n023-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n024-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_n025-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_n026-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_n027-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/647/requerimento_n029-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_n030-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/649/requerimento_n031-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/661/requerimento_n._033-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/662/requerimento_n._034-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/663/requerimento_n._035-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_n._036-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/524/proposta_de_emenda_supressiva_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/595/proposta_de_emenda_supressiva_n0002-2023_odair.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/525/proposta_de_emenda_substitutiva_n001-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_substitutiva_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/596/proposta_de_emenda_modificativa_n002-2023_odair.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/629/proposta_de_emenda_modificativa_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/630/proposta_de_emenda_modificativa_n004-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/637/proposta_de_emenda_modificativa_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/638/proposta_de_emenda_modificativa_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/639/proposta_de_emenda_modificativa_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/640/proposta_de_emenda_modificativa_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/546/proposta_de_emenda_aditiva_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/636/proposta_de_emenda_aditiva_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/617/mocao_de_aplausos_n002-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/618/mocao_de_aplausos_n003-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_n001-2023_rivelino.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_n001-2023_rose.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/643/parecer_contrario_pl_061.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/644/parecer_contrario_pl_062.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2023/627/mocao_de_pesar_n._001-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>