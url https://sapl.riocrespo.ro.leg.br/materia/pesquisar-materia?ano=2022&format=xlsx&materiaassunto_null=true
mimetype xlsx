--- v0 (2025-10-21)
+++ v1 (2026-03-29)
@@ -54,2041 +54,2041 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>P.L.O</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_no_001-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_no_001-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 350/PGE-2021, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado de Obras e Serviços Públicos - SEOSP, visando a construção de calçadas na Av. Afonso Gago, zona urbana do município de Rio Crespo."</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_n._002-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_n._002-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 356/PGE-2021, que celebram o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado de Planejamento, Orçamento e Gestão - SEPOG, visando a aquisição de um veículo utilitário, tipo PICK-UP, para atender a Secretaria Municipal de Educação de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_n._003-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_n._003-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 449/PGE-2021, celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE MEDICAMENTOS para abastecimento do Hospital Municipal, Unidade Básica de Saúde e Farmácia Básica."</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_n._004-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_n._004-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 234/2021/PJ/DER-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio do Departamento Estadual de Estradas de Rodagem e Transportes - DER/RO, objetivando: a implantação de drenagem pluvial em vias urbanas do município de Rio Crespo."</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_n._005-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_n._005-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 11779.393000/1210-04, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de ESTRUTURAÇÃO DA REDE DE SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE."</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_n._006-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_n._006-2022.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI 769/2017, ALTERANDO ALGUNS ARTIGOS, BEM COMO MAJORANDO O VALOR DO AUXÍLIO INSTITUÍDO POR ESTA LEI."</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_n._007-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_n._007-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE MAJORAÇÃO DOS VALORES PAGOS PELA PRESTAÇÃO DE PLANTÕES DE ALGUNS CARGOS NA SECRETARIA MUNICIPAL DE SAÚDE, DESCRITOS NA LEI 860/2019, MANTENDO AINDA OS VALORES CONSTANTES NA LEI 945/2021, COM REFERÊNCIA AO PROFISSIONAL MÉDICO."</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_n._008-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_n._008-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE MAJORAÇÃO DOS VALORES PAGOS PELA PRESTAÇÃO DE PLANTÕES EXTRAS DOS MOTORISTAS DA SECRETARIA MUNICIPAL DE SAÚDE, DESCRITOS NA LEI 676/2014."</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE RIO CRESPO-RO - CRMC</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_n._009-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_n._009-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe: "Proceder a Revisão Geral Anual e conceder reposição e reajuste financeiro em razão das percas inflacionárias a ser aplicado sobre os vencimentos básicos dos Servidores da Câmara Municipal de Rio Crespo/RO e dá outras providências".</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_n._010-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_n._010-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "INSTITUI O AUXÍLIO-ALIMENTAÇÃO AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE RIO CRESPO – RO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_n._011-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_n._011-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "INSTITUI O PROGRAMA DE ASSISTÊNCIA À SAÚDE SUPLEMENTAR PARA OS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE RIO CRESPO - RO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_n._012-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_n._012-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Ficam alterados o artigo 17 e os anexos I e II e suprimidos os anexos III e IV, da Lei Municipal nº 867/2019."</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_n._013._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_n._013._2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PAGAMENTO DO PISO SALARIAL NACIONAL AOS PROFESSORES DA REDE MUNICIPAL E ALTERA O ANEXO IV DA LEI MUNICIPAL 549/2011, DO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS TRABALHADORES EM EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO DE RIO CRESPO-RO, E ALTERA OS VALORES DOS SALÁRIOS DOS PROFESSORES, CONSTANTE NO ANEXO ÚNICO DA LEI 899/2020, SALÁRIO DOS PROFESSORES."</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_n._014-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_n._014-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Contrato de Repasse nº 906217/2020/MDR/CAIXA, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério do Desenvolvimento Regional, visando a Execução de Ações Relativas ao Desenvolvimento Regional, Territorial e Urbano."</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_n._015-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_n._015-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio PLATAFORMA +BRASIL Nº 914577/2021, celebrado entre a União e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa – MD, Departamento do Programa Calha Norte – DPCN, tendo por objeto Aquisição de Veículo de Carga."</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_n._016-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_n._016-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, em favor do Fundo Municipal de Saúde, no valor de R$ 60.330,00, para atender as Portarias nº 1.857/2020-MS, nº 2.405/2020, nº 2.222/2020, nº 2.358/2020, nº 731/2021 e nº 894/2021, editadas pelo Ministério da Saúde, com finalidade de financiar Ações de Saúde para o Enfrentamento da emergência de saúde pública decorrente do Coronavírus – COVID-19 no Município."</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_n._017-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_n._017-2022.pdf</t>
   </si>
   <si>
     <t>"Denomina Prédio Público Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_n._018-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_n._018-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Processo SEI nº 0005.601117/2021-06, celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde – SESAU, com finalidade de financiar ações de AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA INFRAESTRUTURA DE REDE LÓGICA NA SECRETARIA MUNICIPAL DE SAÚDE.”</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_n._019-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_n._019-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 216/2020-PGE, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado de Obras e Serviços Públicos – SEOSP, visando a aquisição e implantação de subestação trifásica de 112,5 KVA no campo de futebol em Rio Crespo.”</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_n._020-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_n._020-2022.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI 848/2019, ACRESCENTANDO NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ARTIGO 2º DA REFERIDA LEI."</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_n._021-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_n._021-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO AOS SERVIDORES OCUPANTES DO CARGO DE TÉCNICO E/OU AUXILIAR EM ENFERMAGEM QUE ATUAM DIRETAMENTE COM VACINAÇÃO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_n._022-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_n._022-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MODIFICAÇÃO NO ANEXO II DA LEI 853/2019, CRIANDO NA SECRETARIA DE ASSISTÊNCIA SOCIAL, O CARGO DE ASSESSOR TÉCNICO ESPECIAL PARA EXERCER A FUNÇÃO DE VIGILANTE SÓCIOASSISTENCIAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_n._023-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_n._023-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 156/PGE-2022, que celebram o Estado de Rondônia e o município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Educação - SEDUC, visando a aquisição de aparelhos de ar condicionado e ventiladores, para atender as escolas municipais de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_n._024-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_n._024-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional  Especial à Lei Orçamentária vigente, para atender ao Convênio nº 157/PGE-2022, que celebram o Estado de Rondônia e o município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Educação - SEDUC, visando a aquisição de mobiliário escolar (mesas e cadeiras), para atender as instituições educacionais de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n._025-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n._025-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO DE DIFÍCIL ACESSO AOS SERVIDORES OCUPANTES DOS CARGOS DE PSICÓLOGO E/OU ASSISTENTE SOCIAL QUE ATUAM NO PROGRAMA DE ATENÇÃO INTEGRAL À FAMÍLIA - PAIF, NO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_n._026-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_n._026-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 200.100,00 (duzentos mil e cem reais), destinados à Reforma do Sistema Elétrico da E.M.E.F. Vaneide de Oliveira, no município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_n._027-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_n._027-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 66.500,00 (sessenta e seis mil e quinhentos reais), destinados à Construção de Estacionamento da Prefeitura de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_n._028-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_n._028-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 270.200,00 (duzentos e setenta mil e duzentos reais), destinados à Reforma da Sede Administrativa de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_n._029-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_n._029-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 767.500,00 (setecentos e sessenta e sete mil e quinhentos reais), destinados à Construção de Guarita, Almoxarifado e Refeitório na Garagem da Secretaria de Obras de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_n._030-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_n._030-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE MODIFICAÇÃO NO ANEXO II DA LEI 853/2019, CRIANDO NA SECRETARIA DE ASSISTÊNCIA SOCIAL, O CARGO DE ASSESSOR TÉCNICO ESPECIAL NÍVEL II."</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_n._031-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_n._031-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial mínimo para servidores efetivos e ocupantes de cargos de provimento em comissão da Prefeitura Municipal de Rio Crespo e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_n._032-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_n._032-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 74.167,73 (setenta e quatro mil, cento e sessenta e sete reais e setenta e três centavos), destinados à construção da unidade do Centro de Referência de Assistência Social (CRAS), no município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_n._033-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_n._033-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE: "AUTORIZA O PODER LEGISLATIVO DE RIO CRESPO-RO, A CESSÃO DE USO TEMPORÁRIO, EVENTUAL E EXCEPCIONAL, DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS E EXCLUSIVAMENTE DA SECRETARIA DE SAÚDE DO MUNICÍPIO DE RIO CRESPO-RO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_n._034-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_n._034-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VALORES DA REMUNERAÇÃO RECEBIDA PELOS AUXILIARES E AGENTES ADMINISTRATIVOS, COM REPOSIÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS BÁSICOS DESTES SERVIDORES, EQUIPARANDO OS VALORES AOS VENCIMENTOS DOS AGENTES ADMINISTRATIVOS DA CÂMARA MUNICIPAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_n._035-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_n._035-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 882766/2019-MD, celebrado entre a União Federal e o município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_n._036-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_n._036-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 882798/2019-MD, celebrado entre a União Federal e o município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_n._037-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_n._037-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 883901/2019-MD, celebrado entre a União Federal e o município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_lei_no_038-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_lei_no_038-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 052/2022/PGE/DER-RO, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, por intermédio do Departamento Estadual de Estradas de Rodagem e Transportes – DER, visando a aquisição e instalação de bueiros metálicos, na zona rural do município de Rio Crespo.”</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_039-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_039-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 478/PGE-2022, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a aquisição dos seguintes bens: 01 grade niveladora, 01 perfurador de solo e 01 cortador de grama."</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_040-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_040-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 487/PGE-2022, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a aquisição dos seguintes bens: 01 roçadeira hidráulica, 01 distribuidor de calcário e fertilizante e 01 concha agrícola."</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_no_041-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_no_041-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 485/PGE-2022, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a contratação de serviços de frete para transporte de calcário dolomítico."</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_n._042._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_n._042._2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE MEDICAMENTOS para abastecimento do Hospital Municipal, Unidade Básica de Saúde e Farmácia Básica".</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei_n._043._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei_n._043._2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DE EQUIPAMENTOS E MATERIAIS PERMANETES PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA".</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_n._044._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_n._044._2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, n o valor de R$ 85.220,00, para atender ao Plano de Trabalho  celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a  AQUISIÇÃO DE UM VEÍCULO UTILITÁRIO PARA SUPORTE ÀS ATIVIDADES DA SECRETARIA MUNICIPAL DE SAÚDE."</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, n o valor de R$ 350.000,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar ações de AQUISIÇÃO DEAMBULÂNCIA DE DE SUPORTE BÁSICO (TIPO B) PARA O HOSPITAL MUNICIPAL ELIAS DE OLIVEIRA LIMA".</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_n._046_2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_n._046_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, n o valor de R$ 85.220,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a AQUISIÇÃO DE UM VEÍCULO UTILITÁRIO PARA SUPORTE ÀS ATIVIDADES DA SECRETARIA MUNICIPAL DE SAÚDE."</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_n._047._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_n._047._2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, n o valor de R$ 107,778.000,00, para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Munícipio de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a AQUISIÇÃO DE MOTOCICLETAS PARA FORTALECIMENTO DAS ACÇÕES DE SAÚDE PROMOVIDAS PELO PROGRAMA DE AGENTES COMUNITÁRIOS DE SAÚDE, EM ÂMBITO URBANO E RURAL".</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_n._048.__2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_n._048.__2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI OS PLANTÕES EXTRAS DOS SERVIDORES DA AREA DA SAÚDE NOS CARGOS/FUNÇÕES DE VIGIAS, ZELADORAS E COZINHEIRAS, BEM COMO VALORA OS PLANTÕES INSTITUIDO POR ESTA LEI".</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n._049-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n._049-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS VALORES DA REMUNERAÇÃO RECEBIDA PELOS MOTORISTAS DE VEÍCULOS PESADOS QUE TRANSPORTAM ESTUDANTES NA ZONA RURAL, COM REPOSIÇÃO/CORREÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS BÁSICOS DESTES SERVIDORES, ESTABELECENDO COMO SALÁRIO BASE DOIS SALÁRIOS MÍNIMOS NACIONAL."</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_n._050-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_n._050-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO ESPECIAL AO SERVIDOR RESPONSÁVEL PELO INSTITUTO DE IDENTIFICAÇÃO CIVIL E CRIMINAL DE RIO CRESPO - POSTO DE IDENTIFICAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n._051-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n._051-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: RECONHECE COMO UTILIDADE PÚBLICA, A ASSOCIAÇÃO BENEFICENTE A CASA ACOLHEDORA DE RIO CRESPO/RO - E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n._052-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n._052-2022.pdf</t>
   </si>
   <si>
     <t>"Emenda à Lei Orçamentária Municipal nº 983, de 19 de janeiro de 2022, alterando os artigos 1º e 3º e dá outras providências."</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_n._053-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_n._053-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE MODIFICAÇÃO NO ANEXO II DA LEI 853/2019, CRIANDO NA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, O CARGO DE INSTRUTOR DE INFORMÁTICA; NA SECRETARIA MUNICIPAL DE GESTÃO E PLANEJAMENTO, O CARGO DE TÉCNICO DE INFORMÁTICA; MODIFICANDO NO ANEXO I DA LEI 853/2019, ACRESCENTANDO MAIS 01 VAGA PARA O CARGO DE OPERADOR DE MOTOSSERRA NA SECRETARIA MUNICIPAL DE OBRAS; E MODIFICANDO AINDA NO ANEXO II DA LEI 853/2019, AS ATRIBUIÇÕES TÍPICAS DO CARGO OPERADOR DE MOTOSSERRA."</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_n._054-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_n._054-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 60.000,00 (Sessenta mil reais), destinados ao cofinanciamento estadual da Atenção Primária de Saúde em Rio Crespo/RO."</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_n._055-2022_-_financiamento_caixa.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_n._055-2022_-_financiamento_caixa.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito junto à Caixa Econômica Federal, no âmbito do Programa FINISA - Financiamento à Infraestrutura e ao Saneamento na modalidade Apoio Financeiro destinado à aplicação em despesa de capital e a oferecer garantias, e dá outras providências."</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_n._056-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_n._056-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 203/2022/PGE/DER-RO, celebrado entre o Estado de Rondônia e o município de Rio Crespo/RO, visando a recuperação de estradas vicinais."</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_n._057-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_n._057-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS VALORES DA REMUNERAÇÃO RECEBIDAS PELOS ODONTÓLOGOS PREVISTOS NA LEI 859/2019, MECÂNICOS DE MÁQUINAS PESADAS PREVISTOS NA LEI 853/2019 E OPERADOR DE MOTOSSERRA PREVISTOS NA LEI 853/2019, COM REPOSIÇÃO/CORREÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS BÁSICOS DESTES SERVIDORES, ESTABELECENDO COMO SALÁRIO BASE OS VALORES PREVISTOS NESTA LEI."</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n._058-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n._058-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, n o valor de R$ 111.000,00, para atender o Fundo Municipal de Saúde, tendo por fonte de recursos o superávit financeiro, com finalidade de aquisição de equipamentos e materiais permanentes para a Unidade de Atenção Especializada em Saúde do município."</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_n._059-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_n._059-2022.pdf</t>
   </si>
   <si>
     <t>"Emenda à Lei Orçamentária Municipal nº 1025, de 25 de julho de 2022, alterando os artigos 1º e 3º e dá outras providências."</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_n._060-2022_-_revisao_ppa.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_n._060-2022_-_revisao_ppa.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Revisão do Plano Plurianual do município de Rio Crespo para o quadriênio 2022 a 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_no_061-2022_-_ldo.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_no_061-2022_-_ldo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_n._062-2022_-_loa.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_n._062-2022_-_loa.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do município de Rio Crespo para o exercício financeiro de 2023."</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_n._063-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_n._063-2022.pdf</t>
   </si>
   <si>
     <t>"Emenda à Lei Orçamentária Municipal nº 974, de 22 de dezembro de 2021, alterando o caput do artigo 6º e dá outras providências."</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_n_064_de_03_de_outubro_de_2022_221005_112757.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_n_064_de_03_de_outubro_de_2022_221005_112757.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta N°36000.426954/2022, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria MS N°751 de 05/04/2022, com finalidade de financiar ações de Custeio dos Serviços de Atenção Especializada em Saúde do Município. "</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n_065_de_04_de_outubro_de_2022_221005_113257.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n_065_de_04_de_outubro_de_2022_221005_113257.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Propostas N°36000.426875/2022, N°36000.465073/2022 e N°36000.468697/2022, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos das Portarias do Ministério da Saúde N°843de 12/04/2022, N°1.688 de 23/06/2022 e N°1.827 de 24/06/2022, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE. "</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_n_066_de_04_de_outubro_de_2022_221005_113826.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_n_066_de_04_de_outubro_de_2022_221005_113826.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta N°11779.393000/1220-03, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de ESTRUTURAÇÃO DA REDE DE SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE. "</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_lei_n_067_de_04_de_outubro_de_2022_221005_114949.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_lei_n_067_de_04_de_outubro_de_2022_221005_114949.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta N° 11779.393000/1220-06, celebrada entre a União e o Município  de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de ESTRUTURAÇÃO DA REDE DE SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE. "</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_n._068-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_n._068-2022.pdf</t>
   </si>
   <si>
     <t>" CRIAÇÃO DO CARGO DE GESTOR DE CONRATOS ADMINISTRATIVOS NO ÂMBITO DO PODER PÚBLICO MUNICIPAL E INSTITUI O ADICIONAL DE ENCARGOS ESPECIAIS AO CORPO DELIBERATIVO E CONSULTIVO DO CONTROLE INTERNO E PROCURADORIA JURÍDICA DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE RIO CRESPO-RO, PARA FINS DE ATENDER A LEI FEDERAL N°14.133/2021 QUE DISCIPLINAM AS NOVAS REGRAS DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS. "</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_n._069-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_n._069-2022.pdf</t>
   </si>
   <si>
     <t>" REGULAMENTA O §3°, DO ART. 8°, DA LEI 14.133/2021 PARA CRIAR O CARGO EM COMISSÃO DE AGENTE DE CONTRATAÇÃO, NO ÂMBITO DO PODER EXECUTIVO E INSTIUIR, PARA ESTES SERVIDORES EFETIVOS E EQUIPE DE APOIO A GRATIFICAÇÃO CORRESPONDENTE AO CARGO, PARA SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DA CÂMARA MUNICIPAL DE RIO CRESPO, PARA FINS DE ATENDER A NOVA LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS. "</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_n._070-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_n._070-2022.pdf</t>
   </si>
   <si>
     <t>" ALTERAR O NÚMERO DE VAGAS DO CARGO DE AUXILIAR DE SERVIÇOS EM SAÚDE PÚBLICA, PREVISTOS NO ANEXO IV DA LEI 859/2019. "</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de_lei_n._071-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de_lei_n._071-2022.pdf</t>
   </si>
   <si>
     <t>" Emenda à Lei Orçamentária Municipal N° 974, de 22 de Dezembro de 2021, alterando o caput do artigo 6° e dá providências. "</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_de_lei_n._072-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_de_lei_n._072-2022.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE ALTERNATIVAS DE COBRANÇA DE CRÉDITOS FISCAIS DO MUNICÍPIO, AUTARQUIAS E DAS FUNDAÇÕES PÚBLICAS MUNICIPAIS, SENDO OBSERVADOS OS CRITÉRIOS DE EFICIÊNCIA ADMINISTRATIVA E DE CUSTOS DA ADMINISTRAÇÃO E COBRANÇA, ESPECIALMENTE O DISPOSTO NA LEI Nº 9.492/97, DEVENDO ENCAMINHAR PARA PROTESTO AS CERTIDÕES DE DÍVIDA ATIVA TRIBUTÁRIA E NÃO-TRIBUTÁRIA E OS TÍTULOS EXECUTIVOS JUDICIAIS DE QUANTIA CERTA, BEM COMO INSCREVER O NOME DOS SUJEITOS PASSIVOS INADIMPLENTES COM O ERÁRIO, EM CADASTROS PÚBLICOS OU PRIVADOS DE PROTEÇÃO AO CRÉDITO, BEM COMO TAMBÉM PREVÊ A POSSIBILIDADE DE CONCILIAÇÃO, TRANSAÇÃO E DESISTÊNCIA NOS PROCESSOS DE COMPETÊNCIA DOS JUIZADOS ESPECIAIS DA FAZENDA PÚBLICA E VARAS DE EXECUÇÕES FISCAIS, E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_n._073-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_n._073-2022.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente no valor de R$2.249.555,00 (dois milhões, duzentos e quarenta e nove mil, quinhentos e cinquenta e cinco reais), para atender aos Convênios SICONV N°882766/2019-MD; SICONV N°882798/2019-MD; SICONV N°88391/2019-MD, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a Execução de obras de Pavimentação Asfáltica em Via Urbana com Drenagem e Calçadas. "</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_n._074-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_n._074-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 545.000,00 (quinhentos e quarenta e cinco mil reais), destinados à Aquisição de uma Retroescavadeira para atender a Secretaria de Obras de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_n._075-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_n._075-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial, no valor de R$ 400.000,00 (quatrocentos mil reais), destinados à aquisição de um veículo Camionete para atender o Gabinete do Prefeito da cidade de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_n076-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_n076-2022.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial, no valor de R$300.000,00 (trezentos mil reais), destinados à Aquisição de um veículo Camionete para atender a Secretaria Municipal de Gestão Publica e Planejamento - SEMGEPLAN. "</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_n077-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_n077-2022.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial no valor de R$43.500,00 (quarenta e três mil e quinhentos reais), destinados à complementação financeira para obras de ampliação do Hospital de Pequeno Porte (HPP), no município de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_de_lei_n._078-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_de_lei_n._078-2022.pdf</t>
   </si>
   <si>
     <t>" Emenda à Lei Orçamentária Municipal N°974, de 22 de Dezembro de 2021, alterando o caput do artigo 6° e dá outras providências. "</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_de_lei_n079-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_de_lei_n079-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERAR O NÚMERO DE VAGAS DO CARGO DE ASSESSOR INSTITUCIONAL JUNTO AO PODER LEGISLATIVO, PREVISTO NO ANEXO II DA LEI 853/2019 DE 01 DE JULHO DE 2019. "</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_n._080-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_n._080-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE RATIFICAR AS ALTERAÇÕES DO CONTRATO DO CONSÓRCIO INTERMUNICIPAL DE SANEAMENTO DA REGIÃO CENTRAL DE RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_n._081-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_n._081-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de Cesta de Natal aos Servidores Públicos Municipais e autoriza o Executivo a realizar este gasto Adicional Especial no Orçamento do município de Rio Crespo, do exercício de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>GILTAMAR SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_no_082_-_centro_de_reabilitacao_antonio_lenio_montalvao..doc</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_no_082_-_centro_de_reabilitacao_antonio_lenio_montalvao..doc</t>
   </si>
   <si>
     <t>DISPÕE: "DENOMINA ESPAÇO PÚBLICO MUNICIPAL DO CENTRO DE REABILITAÇÃO, SITUADO NA RUA 13 DE FEVEREIRO, Nº 2295, SETOR 02, A TITULAÇÃO DE CENTRO DE REABILITAÇÃO ANTÔNIO LÊNIO MONTALVÃO".</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_de_lei_no_083_-_pista_de_caminhada_eliene_gomes_de_carvalho.doc</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_de_lei_no_083_-_pista_de_caminhada_eliene_gomes_de_carvalho.doc</t>
   </si>
   <si>
     <t>DISPÕE: "DENOMINA ESPAÇO PÚBLICO MUNICIPAL DA PISTA DE CAMINHADA, SITUADA NA AVENIDA AFONSO GAGO, A TITULAÇÃO DE PISTA DE CAMINHADA ELIENE GOMES DE CARVALHO".</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_n._084-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_n._084-2022.pdf</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_n._085-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_n._085-2022.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Contrato de Repasse N°906612/2020/MDR/CAIXA, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério do Desenvolvimento Regional, visando a Execução de Ações Relativas ao Desenvolvimento Regional, Territorial e Urbano. "</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_n086-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_n086-2022.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a concessão Auxílio-Servidor, em substituição ao Auxílio Alimentação dos servidores públicos municipais de Rio Crespo-RO e da outras providências. "</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_n._087-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_n._087-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VALORES DA REMUNERAÇÃO RECEBIDAS PELOS FISCAIS DE OBRAS E FISCAIS DE TRIBUTOS DO MUNICÍPIO, COM REPOSIÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS BÁSICOS DESTES SERVIDORES, EQUIPARANDO ESTES VENCIMENTOS AOS VENCIMENTOS  DOS AGENTES E AUXILIARES ADMINISTRATIVOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n._088-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n._088-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO AOS SERVIDORES NOMEADOS PARA COMPOR AS COMISSÕES QUE  REALIZAREM PROCESSOS ADMINISTRATIVOS DISCIPLINAR, SINDICÂNCIAS, PROCESSOS SELETIVOS E CONCURSOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_n._089-2022_1.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_n._089-2022_1.pdf</t>
   </si>
   <si>
     <t>" ALTERA OS VALORES DA REMUNERAÇÃO DE ALGUNS CARGOS EM COMISSÃO PREVISTOS NO ANEXO II DA LEI 853/2019 E POR ISONOMIA ALTERA AINDA O DO CARGO DE DIRETOR DE DEPARTAMENTO ADMINISTRATIVO DA SAÚDE PREVISTO NO ANEXO I DA LEI 859/2019, COM REPOSIÇÃO E REAJUSTE FINANCEIRO A SER APLICADO NOS VENCIMENTOS DE REPRESENTAÇÃO FINANCEIRAS DESTES CARGOS. "</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_n._090-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_n._090-2022.pdf</t>
   </si>
   <si>
     <t>" MODIFICA A LEI 853/2019, ACRESCENTANDO E EXTINGUINDO ALGUNS CARGOS EM COMISSÃO NO ANEXO II E NO ANEXO III DA REFERIDA LEI. "</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n._091-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n._091-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano de Cargos, Carreira e Remuneração dos profissionais em Educação da Rede Municipal de Ensino de Rio Crespo - Rondônia, e dá outras providências."</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei_n092-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei_n092-2022.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Especial à Lei Orçamentária vigente, no valor R$319.640,33 para atender ao Plano de Trabalho celebrado entre o Estado de Rondônia e o Município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde - SESAU, com finalidade de financiar a AQUISIÇÃO DE UM VEÍCULO AUTOMOTIVO PARA A SECRETARIA MUNICIPAL DE SAÚDE. "</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_n093-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_n093-2022.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Especial à Lei Orçamentária vigente, para atender ao Convênio n°577/PGE-2022, que celebram o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Educação - SEDUC, visando à Construção de Quadra Esportiva com Grama Sintética na EMEF Vaneide de Oliveira no município de Rio Crespo/RO. "</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>P.R</t>
   </si>
   <si>
     <t>Projeto de Resolução da Camara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_resolucao_n._001-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_resolucao_n._001-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE: “Ficam alterados o art. 20, “caput”, e o inciso II do art. 30, acrescentados o §3º ao art. 77 e o §4º ao art. 91, alterado o art. 129 e acrescentados os §§ 1º e 2º, e alterado o art. 131, “caput”, da Resolução nº 003/2014”.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_resolucao_n002.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_resolucao_n002.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a materialização por ato normativo oriundo da apreciação e julgamento do PARECER PRÉVIO PPL-TC 00080/19, da Prestação de Contas do Exercício de 2018, do Senhor  EVANDRO EPIFÂNIO DE FARIA, CPF N°299.087.102-06, exarado nos autos do processo n°01697/2019/TCE-RO, pelo Tribunal de Contas do Estado de Rondônia, no âmbito da Câmara Municipal de Rio Crespo-Ro."</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_de_resolucao_n003-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_de_resolucao_n003-2022.pdf</t>
   </si>
   <si>
     <t>" Dispõe, retificar o valor aritmético de Subsidio fixado no artigo 1°, da Resolução N.004/2020, para se adequar ao limite estabelecido pelo artigo 29, VI, 'a', da Constituição Federal de1988 ( redação da Emenda Constitucional n. 25/2000) conforme recomendação determinada no v. ACORDÃO, item II, julgado nos autos do Processo N.2804/2020/TCE-RO. "</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>Julg</t>
   </si>
   <si>
     <t>Julgamento de Prestação de Contas do Prefeito</t>
   </si>
   <si>
     <t>Processo Legislativo da apreciação e Julgamento pela Câmara Municipal de Rio Crespo-RO, do PARECER PRÉVIO PPL-TC 00080/19 - EXARADO NOS AUTOS DO PROCESSO Nº 01697/19/TCE-RO. _x000D_
 Subcategoria: Prestação de Contas. _x000D_
 Assunto: Prestação de Contas - Exercício de 2018. _x000D_
 Jurisdicionado: Prefeitura Municipal de Rio Crespo. _x000D_
 Evandro Epifânio de Faria: Responsável; _x000D_
 Givaldo Aparecido Leite: Responsável; _x000D_
 Manoel Saraiva Mendes: Responsável; _x000D_
 Município de Rio Crespo: Interessado.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Ind.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELISAMA BARROS DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_n._001._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_n._001._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a secretaria de Obras, para que seja feita a OPERAÇÃO TAPA BURACOS, na cidade de Rio Crespo-RO."</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente secretaria de Obras, para que seja colocadas FAIXAS DE PEDESTRES em frente as Escolas da Rede Municipal, CARROSSEL DOURADO e VANEIDE DE OLIVEIRA."</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_n._003.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_n._003.2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que seja encaminhado, com urgência, a esta Casa de Leis, o PLANO DE CARGO E CARREIRA dos Professores da Rede Municipal de Ensino, com a regulamentação da Lei Federal nº 11.738/2008, para o piso salarial com reajuste de 33,23% (por cento)."</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_n._004.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_n._004.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, em conjunto com o setor competente, para que seja colocadas, com a máxima urgência, placas de sinalização de estacionamento para os ônibus escolares na ESCOLA INFANTIL CARROSSEL DOURADO, da cidade de Rio Crespo-RO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_n._005._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_n._005._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que providencie, através do setor competente, a substituição das lâmpadas queimadas da PRAÇA MUNICIPAL do município de Rio Crespo-RO.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_n._006._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_n._006._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja feita, com a máxima urgência, a REFORMA NA GARAGEM da Secretaria de Obras do Município de Rio Crespo-RO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n._007._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n._007._2022.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que sejam mudados os Vencimentos base dos Motoristas escolares do Município de Rio Crespo- RO, passando de R$ 1284,00 (mil duzentos e oitenta e quatro reais) para o valor de DOIS SALÁRIOS MÍNIMOS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n._008._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n._008._2022.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que sejam trocados os nomes das ruas que possuem nomes de árvores (maracatiára, cerejeira, e outras), para nomes de fundadores do Município de Rio Crespo-RO.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>JOALDO GOMES DE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n._009._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n._009._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO , EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, para encaminhar a esta Casa Legislativa, projeto de Lei Visando EQUIPARAR O VALOR DO AUXILIO-ALIMENTAÇÃO dos servidores Públicos da Prefeitura Municipal ao valor do auxilio-alimentação dos servidores Publico da Câmara Municipal, que passará a ser de R$ 50,00 (quinhentos reais)."</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>RIVELINO DIAS (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_010._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_010._2022.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Urbanismo, para que seja instalada uma FAIXA ELEVADA para pedestres, na Rua Governador Osvaldo Piana Filho, em frente a Escola Estadual Francisco Mignone.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n._11._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n._11._2022.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Prefeito Municipal de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que seja encaminhado, com urgência, a esta Casa de Leis, o PLANO DE CARGOS E CARREIRA dos servidores municipais da ADMINISTRAÇÃO PÚBLICA, bem como das demais Secretarias, OBRAS E SERVIÇOS PÚBLICOS, URBANISMO e AGRICULTURA, para o reajuste do piso salarial.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>JOSÉ CARLOS MENDES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_n._012._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_n._012._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, juntamente com o setor competente, para que seja feita a manutenção na capela municipal de Rio Crespo-RO."</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>ROSELINA MIRANDA MUCHINSKI (ROSE)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_n._013._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_n._013._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que providencie, através do setor competente, a substituição das lâmpadas queimadas da PRAÇA MUNICIPAL do município de Rio Crespo-RO."</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que providencie, através do setor competente, a manutenção na Rua SÃO PAULO, no trecho que fica a Farinheira até o Capo de Futebol."</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_n._015._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_n._015._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que sejam colocadas FAIXAS DE PEDESTRES em frente às Escolas da Rede Municipal, CARROSSEL DOURADO e VANEIDE DE OLIVEIRA. "</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n._016._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n._016._2022.pdf</t>
   </si>
   <si>
     <t>"Idica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, para a aquisição de AR CONDICIONADO para a Escola Vaneide de Oliveira."</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_n017-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_n017-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja feita a REFORMA, com a Máxima Urgência, no CENTRO CULTURAL de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_n._018._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_n._018._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, juntamente com o setor competente, que providencie com Urgência, a iluminação da Rua São Paulo, próximo da Serraria e do Campo de futebol.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_n._19._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_n._19._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, para que sejam aumentados os salários dos Técnicos em educação, (Merendeiras Agente de Limpeza e Guardas)</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_n.020._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_n.020._2022.pdf</t>
   </si>
   <si>
     <t>,Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que seja encaminhado com urgência, a esta Casa de Leis, o PLANO DE CARGO E CARREIRA Dos PROFISSIONAIS DE EDUCAÇÃO ATUALIZADOS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n._21._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n._21._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, juntamente com o setor competente, que providencie com urgência, a iluminação da Rua Joaquim Pedro Sobrinho, em torno da Prefeitura.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n._22.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n._22.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias para contratação de um VIGILANTE para o Prédio do CONCELHO TUTELAR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n._23._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n._23._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que sejam mudados os Vencimentos base dos Motoristas escolares do Município de Rio Crespo- RO, passando de R$ 1284,00 (mil duzentos e oitenta e quatro reais) para o valor de DOIS SALÁRIOS MÍNIMOS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_n._024._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_n._024._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a necessidade de providenciar um CAMINHÃO PIPA para molhar as ruas da cidade e os setores chacareiro do Município de Rio Crespo/RO, visando diminuir a quantidade de poeira.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_n._025._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_n._025._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que juntamente com o setor competente, pague antecipadamente as diárias dos servidores que se deslocarem de sua Sede Administrativa para eventual trabalho, conforme está descrito na Lei Municipal nº 376, de 13 de fevereiro de 1992, Art.8ª, Parágrafo Único.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_n._026._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_n._026._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Obras, para que seja realizada a OPERAÇÃO TAPA BURACO na cidade de Rio crespo-RO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_n._027._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_n._027._2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias para o serviço de reboco do muro da Escola Carrossel Dourado.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_n._028.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_n._028.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias para o serviço de reparo na cobertura da passarela da escola</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n._29._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n._29._2022.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias para o serviço de reparo na cobertura da passarela da escola</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n._030._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n._030._2022.pdf</t>
   </si>
   <si>
     <t>"indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que envie a esta Câmara Municipal um Projeto de Lei que dispõe sobre reajuste salarial dos agentes administrativo e demais Servidores Municipais.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n._031._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n._031._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA,  , a adoção de medidas necessárias, para que sejam aumentados os salários dos técnicos em educação, (Merendeiras, Agente de Limpeza e e Guardas).</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>HIAGO MOREIRA GAVIOLI (HIAGO GAVIOLI)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n._032._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n._032._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, para estruturação de ALMOXARIFADO DE MEDICAMENTOS, para armazenar os medicamentos que estão sendo destinados para abastecimento do Hospital Municipal de Rio Crespo – RO."</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_no_033._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_no_033._2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, reiterando o mesmo pedido realizado através da Indicação n. 019/2022, a adoção de medidas  necessária, para que sejam aumentados os salários dos técnicos em educação (Merendeiras, Agente de Limpeza e Guardas).</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n034-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n034-2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, reiterando o mesmo pedido realizado através da Indicação n. 020/2022, que encaminhe, com urgência, a esta Casa de Leis, o PLANO DE CARGO E CARREIRA dos PROFISSIONAIS DA EDUCAÇÃO, atualizado.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_n035-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_n035-2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a sugestão de nomear o CENTRO DE REABILITAÇÃO FÍSICA de LÊNIO MONTALVÃO."</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_n036-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_n036-2022.pdf</t>
   </si>
   <si>
     <t>" Indica ao Exelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, que seja feito um rateio com a sobra do Fundeb para os profissionais de educação de Rio Crespo-RO. "</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/290/requerimento_n.001.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/290/requerimento_n.001.2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 001/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/291/requerimento_n_002.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/291/requerimento_n_002.2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 002/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_n.003.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_n.003.2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 003/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_n.004.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_n.004.2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 004/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_n._005._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_n._005._2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 005/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/315/requerimento_n._006._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/315/requerimento_n._006._2022.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 010/2022 - do Legislativo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Ordinária."</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/316/requerimento_n._007._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/316/requerimento_n._007._2022.pdf</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que o Projeto de Lei nº 011/2022 - do Legislativo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Ordinária."</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_n._008._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_n._008._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 009/2022 - do Legislativo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Ordinária."</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 012/2022 - do Legislativo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Ordinária."</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_n._010._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_n._010._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 013/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_n._11._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_n._11._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 016/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Ordinária."</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_n._012._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_n._012._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 015/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_n._013.2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_n._013.2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 022/2022 - do Executivo Municipal, na Ordem do Dia da Presente Sessão."</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/368/requerimento_n._014._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/368/requerimento_n._014._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 026/2022 - do Executivo Municipal, na Ordem do Dia da Presente Sessão."</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_n._15._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_n._15._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 031/2022 - do Executivo Municipal, na Ordem do Dia da Presente Sessão."</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 033/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_n._017._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_n._017._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e votado o 2º Turno dos Projeto de Lei nº 030 e 32/2022 - do Executivo Municipal, na Ordem do Dia da Presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_n._018._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_n._018._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 025/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 034/2022 - do Executivo Municipal, na Ordem do Dia da Presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/389/requerimento_n._020._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/389/requerimento_n._020._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 039/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/390/requerimento_n._021._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/390/requerimento_n._021._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 040/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_n._022._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_n._022._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 041/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/392/requerimento_n._023._2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/392/requerimento_n._023._2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 042/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>Gabinete da Presidência - Gab-Pres</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_n._024-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_n._024-2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 052/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/398/requerimento_n._025-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/398/requerimento_n._025-2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 054/2022 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/404/requerimento_n._026-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/404/requerimento_n._026-2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Resolução nº 001/2022 - do Legislativo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 056/2022 – do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão."</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/415/requerimento_n._028-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/415/requerimento_n._028-2022.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 057/2022 – do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão."</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_n029-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_n029-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores , que os Projetos de Lei N°064/2022 e Lei N° 065/2022 - do Executivo Municipal, que estão em pauta, sejam votados em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_n030-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_n030-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que os Projetosde Lei N°066/2022 e Lei N°067/2022 - do Executivo Municipal, que estão em pauta, sejam votados em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/442/requerimento_n031-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/442/requerimento_n031-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Resolução N°002/2022 - do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/445/requerimento_n032-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/445/requerimento_n032-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei N°073/2022 - do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão. "</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/461/requerimento_n033-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/461/requerimento_n033-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°077/2022 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/463/requerimento_n034-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/463/requerimento_n034-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o interstício de um turno para o outro e incluída a votação do 2° turno do Projeto de Lei n°080/2022- do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/464/requerimento_n035-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/464/requerimento_n035-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°078/2022 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_n036-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_n036-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°085/2022 - do Executivo Municipal que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/466/requerimento_n037-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/466/requerimento_n037-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°087/2022 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/467/requerimento_n038-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/467/requerimento_n038-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n°088/2022 - do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão. "</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/469/requerimento_n039-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/469/requerimento_n039-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadorres, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2° Turno do Projeto de Lei n° 060/2022 - do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/470/requerimento_n040-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/470/requerimento_n040-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o 2° Turno do Projeto de Lei n° 061/2022 - do Executivo Municipal, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_n041-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_n041-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que seja dispensado o 2° Turno do Projeto de Lei n° 062/2022 - do Executivo Municipal, com sua Emenda Modificativa n° 003/2022, na Ordem do Dia da presente Sessão. "</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/472/requerimento_n042-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/472/requerimento_n042-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Resolução n° 003/2022 - do Legislativo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão. "</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_n043-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_n043-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadores, que o Projeto de Lei n° 091/2022 - do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão. "</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_n044-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_n044-2022.pdf</t>
   </si>
   <si>
     <t>" REQUERER dos nobres Vereadorres, que seja dispensado o interstício de um Turno para o outro e votado o 2° Turno dos Projetos de Lei n° 072, 084, 086, 089 e 090/2022 - do Executivo Municipal, na presente Sessão Extraordinária. "</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>El</t>
   </si>
   <si>
     <t>Eleição do Cargo da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/419/chapa_alianca_por_rio_crespo.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/419/chapa_alianca_por_rio_crespo.pdf</t>
   </si>
   <si>
     <t>CHAPA "ALIANÇA POR RIO CRESPO", para concorrer à reeleição para a composição da Mesa Diretora desta Câmara Municipal, para o segundo biênio - 2023/2024.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>P.Mod</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/437/proposta_de_emenda_modificativa_n._001-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/437/proposta_de_emenda_modificativa_n._001-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Altera o art. 1°, do Projeto de Lei N° 025/2022."</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/438/proposta_de_emenda_modificativa_n._002-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/438/proposta_de_emenda_modificativa_n._002-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE:  Altera o artigo 1° do Projeto de Lei N°063/2022 - do Executivo Muncipal."</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>ODAIR JOSÉ RODRIGUES (MANO GREGORIO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/452/proposta_de_emenda_modificativa_n003-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/452/proposta_de_emenda_modificativa_n003-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Ficam modificados os incisos I, II e III do artigo 3º do Projeto de Lei nº 062/2022 - do Executivo Municipal."</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/409/mocao_de_aplausos_n._001-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/409/mocao_de_aplausos_n._001-2022.pdf</t>
   </si>
   <si>
     <t>"A CÂMARA MUNICIPAL DE RIO CRESPO – RO, em nome de todos Vereadores apresenta MOÇÃO DE APLAUSOS aos profissionais de Enfermagem, que prestam serviços em nossa cidade, em razão do Dia Internacional da Enfermagem, comemorado no dia 12 de maio de cada ano, data criada para homenagear os profissionais que acompanham e estão presentes em todas as etapas do restabelecimento da saúde, cumprindo um papel de expressiva e vital relevância, principalmente durante a pandemia da COVID-19."</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_n002-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_n002-2022.pdf</t>
   </si>
   <si>
     <t>"A CÂMARA MUNICIPAL DE RIO CRESPO – RO, em nome de todos Vereadores apresenta MOÇÃO DE APLAUSOS aos profissionais PEDAGOGOS, que prestam serviços em nossa cidade, em razão do Dia do Pedagogo, comemorado no dia 20 de maio de cada ano, data criada para homenagear os profissionais que promovem o conhecimento com respeito e amor, transformando o mundo através da educação."</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/411/mocao_de_aplausos_n003-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/411/mocao_de_aplausos_n003-2022.pdf</t>
   </si>
   <si>
     <t>"A CÂMARA MUNICIPAL DE RIO CRESPO – RO, em nome de todos Vereadores, apresenta MOÇÃO DE APLAUSOS ao Professor EDSON DA APARECIDA DIAS, por sua dedicação e competência frente à FANFARRA de Rio Crespo – RO, em todos os desfiles de 07 de setembro."</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/434/mocao_de_aplausos_n004-2022.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/434/mocao_de_aplausos_n004-2022.pdf</t>
   </si>
   <si>
     <t>"A CÂMARA MUNICIPAL DE RIO CRESPO-RO, em nome de todos os Vereadores, apresenta MOÇÃO DE APLAUSOS aos profissionais PROFESSORES, que prestam serviços em nossa cidade, em razão do Dia dos Professores, comemorado em 15 de outubro de cada ano, data criada para homenagear os profissionais que promovem o conhecimento com respeito e amor, transformando o mundo através da educação."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2395,68 +2395,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_n._003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_n._004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_n._005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_n._006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_n._007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_n._008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_n._009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_n._010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_n._011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_n._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_n._013._2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_n._014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_n._015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_n._016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_n._017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_n._019-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_n._020-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_n._021-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_n._022-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_n._023-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_n._024-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n._025-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_n._026-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_n._027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_n._028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_n._029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_n._030-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_n._031-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_n._032-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_n._033-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_n._034-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_n._035-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_n._036-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_n._037-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_lei_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_n._042._2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei_n._043._2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_n._044._2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_n._046_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_n._047._2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_n._048.__2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n._049-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_n._050-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n._051-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n._052-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_n._053-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_n._054-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_n._055-2022_-_financiamento_caixa.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_n._056-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_n._057-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n._058-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_n._059-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_n._060-2022_-_revisao_ppa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_no_061-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_n._062-2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_n._063-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_n_064_de_03_de_outubro_de_2022_221005_112757.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n_065_de_04_de_outubro_de_2022_221005_113257.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_n_066_de_04_de_outubro_de_2022_221005_113826.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_lei_n_067_de_04_de_outubro_de_2022_221005_114949.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_n._068-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_n._069-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_n._070-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de_lei_n._071-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_de_lei_n._072-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_n._073-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_n._074-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_n._075-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_n076-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_n077-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_de_lei_n._078-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_de_lei_n079-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_n._080-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_n._081-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_no_082_-_centro_de_reabilitacao_antonio_lenio_montalvao..doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_de_lei_no_083_-_pista_de_caminhada_eliene_gomes_de_carvalho.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_n._084-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_n._085-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_n086-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_n._087-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n._088-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_n._089-2022_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_n._090-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n._091-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei_n092-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_n093-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_resolucao_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_resolucao_n002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_de_resolucao_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_n._001._2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_n._003.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_n._004.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_n._005._2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_n._006._2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n._007._2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n._008._2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n._009._2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_010._2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n._11._2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_n._012._2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_n._013._2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_n._015._2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n._016._2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_n017-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_n._018._2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_n._19._2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_n.020._2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n._21._2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n._22.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n._23._2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_n._024._2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_n._025._2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_n._026._2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_n._027._2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_n._028.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n._29._2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n._030._2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n._031._2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n._032._2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_no_033._2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n034-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_n035-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_n036-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/290/requerimento_n.001.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/291/requerimento_n_002.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_n.003.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_n.004.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_n._005._2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/315/requerimento_n._006._2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/316/requerimento_n._007._2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_n._008._2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_n._010._2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_n._11._2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_n._012._2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_n._013.2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/368/requerimento_n._014._2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_n._15._2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_n._017._2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_n._018._2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/389/requerimento_n._020._2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/390/requerimento_n._021._2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_n._022._2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/392/requerimento_n._023._2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_n._024-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/398/requerimento_n._025-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/404/requerimento_n._026-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/415/requerimento_n._028-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_n029-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_n030-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/442/requerimento_n031-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/445/requerimento_n032-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/461/requerimento_n033-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/463/requerimento_n034-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/464/requerimento_n035-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_n036-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/466/requerimento_n037-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/467/requerimento_n038-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/469/requerimento_n039-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/470/requerimento_n040-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_n041-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/472/requerimento_n042-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_n043-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_n044-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/419/chapa_alianca_por_rio_crespo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/437/proposta_de_emenda_modificativa_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/438/proposta_de_emenda_modificativa_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/452/proposta_de_emenda_modificativa_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/409/mocao_de_aplausos_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_n002-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/411/mocao_de_aplausos_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/434/mocao_de_aplausos_n004-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_n._003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_n._004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_n._005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_n._006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_n._007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_n._008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_n._009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_n._010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_n._011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_n._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_n._013._2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_n._014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_n._015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_n._016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_n._017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_n._019-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_n._020-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_n._021-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_n._022-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_n._023-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_n._024-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n._025-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_n._026-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_n._027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_n._028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_n._029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_n._030-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_n._031-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_n._032-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_n._033-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_n._034-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_n._035-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_n._036-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_n._037-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_lei_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_n._042._2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei_n._043._2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_n._044._2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_n._046_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_n._047._2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_n._048.__2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n._049-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_n._050-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n._051-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n._052-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_n._053-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_n._054-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_n._055-2022_-_financiamento_caixa.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_n._056-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_n._057-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n._058-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_n._059-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_n._060-2022_-_revisao_ppa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_no_061-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_n._062-2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_n._063-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_n_064_de_03_de_outubro_de_2022_221005_112757.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n_065_de_04_de_outubro_de_2022_221005_113257.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_n_066_de_04_de_outubro_de_2022_221005_113826.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_lei_n_067_de_04_de_outubro_de_2022_221005_114949.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_n._068-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_n._069-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_n._070-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de_lei_n._071-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_de_lei_n._072-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_n._073-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_n._074-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_n._075-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_n076-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_n077-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_de_lei_n._078-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_de_lei_n079-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_n._080-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_n._081-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_no_082_-_centro_de_reabilitacao_antonio_lenio_montalvao..doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_de_lei_no_083_-_pista_de_caminhada_eliene_gomes_de_carvalho.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_n._084-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_n._085-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_n086-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_n._087-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n._088-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_n._089-2022_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_n._090-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n._091-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei_n092-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_n093-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_resolucao_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_resolucao_n002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_de_resolucao_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_n._001._2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_n._003.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_n._004.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_n._005._2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_n._006._2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n._007._2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n._008._2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n._009._2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_010._2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n._11._2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_n._012._2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_n._013._2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_n._015._2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n._016._2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_n017-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_n._018._2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_n._19._2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_n.020._2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n._21._2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n._22.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n._23._2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_n._024._2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_n._025._2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_n._026._2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_n._027._2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_n._028.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n._29._2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n._030._2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n._031._2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n._032._2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_no_033._2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n034-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_n035-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_n036-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/290/requerimento_n.001.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/291/requerimento_n_002.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_n.003.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_n.004.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_n._005._2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/315/requerimento_n._006._2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/316/requerimento_n._007._2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_n._008._2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_n._010._2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_n._11._2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_n._012._2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_n._013.2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/368/requerimento_n._014._2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_n._15._2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_n._017._2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_n._018._2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/389/requerimento_n._020._2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/390/requerimento_n._021._2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_n._022._2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/392/requerimento_n._023._2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_n._024-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/398/requerimento_n._025-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/404/requerimento_n._026-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/415/requerimento_n._028-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_n029-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_n030-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/442/requerimento_n031-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/445/requerimento_n032-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/461/requerimento_n033-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/463/requerimento_n034-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/464/requerimento_n035-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_n036-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/466/requerimento_n037-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/467/requerimento_n038-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/469/requerimento_n039-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/470/requerimento_n040-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_n041-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/472/requerimento_n042-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_n043-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_n044-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/419/chapa_alianca_por_rio_crespo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/437/proposta_de_emenda_modificativa_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/438/proposta_de_emenda_modificativa_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/452/proposta_de_emenda_modificativa_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/409/mocao_de_aplausos_n._001-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_n002-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/411/mocao_de_aplausos_n003-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2022/434/mocao_de_aplausos_n004-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>