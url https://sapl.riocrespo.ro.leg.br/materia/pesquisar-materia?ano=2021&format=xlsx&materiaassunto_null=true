--- v0 (2025-10-21)
+++ v1 (2026-03-29)
@@ -54,1850 +54,1850 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>P.L.O</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_n._001-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_n._001-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta de Aquisição de Equipamentos e Materiais Permanentes nº 11779.393000/1200-08, celebrado entre a União e o Município de Rio Crespo, e habilitado através da Portaria 966, de 24/04/2020, por intermédio do Fundo Nacional de Saúde, com finalidade de aquisição de equipamentos e materiais permanentes para a Unidade de Atenção Especializada em Saúde do Município."</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_n._002-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_n._002-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, em favor do Fundo Municipal de Saúde, no valor de R$ 37.465,46, para atender a Portaria nº 1.666/2020, editada pelo Ministério da Saúde, com finalidade de financiar Ações de Saúde para o enfrentamento da emergência de saúde pública decorrente do Coronavírus - COVID-19 no Município."</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_n._003-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_n._003-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 306/PGE-2020, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado da Assistência e do Desenvolvimento Social - SEAS, visando a construção da unidade do Centro de Referência de Assistência Social (CRAS) em Rio Crespo."</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_n._004-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_n._004-2021.pdf</t>
   </si>
   <si>
     <t>"FIXA A JORNADA DE TRABALHO DOS PROFISSIONAIS FISIOTERAPEUTAS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n._005-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n._005-2021.pdf</t>
   </si>
   <si>
     <t>"FIXA A JORNADA DE TRABALHO DOS PROFISSIONAIS ASSISTENTES SOCIAIS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n._006-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n._006-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Contrato de Repasse nº 906217/2020/MDR/CAIXA, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério do Desenvolvimento Regional, visando a execução de ações relativas ao desenvolvimento regional, territorial e urbano."</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n._007-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n._007-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Contrato de Repasse nº 906612/2020/MDR/CAIXA, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério do Desenvolvimento Regional, visando a execução de ações relativas ao desenvolvimento regional, territorial e urbano."</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n._008-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n._008-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 084/19/PJ/DER-RO, celebrado entre o Governo do Estado de Rondônia, por intermédio do Departamento Estadual de Estradas de Rodagem, Infraestrutura e Serviços Públicos / DER-RO e o Município de Rio Crespo-RO, visando a recuperação asfáltica nas ruas e avenidas, com extensão de 26.355,00 m2, no Município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_no_009-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_no_009-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial, em favor da Secretaria Municipal de Assistência Social, no valor de R$ 121.500,00, com recursos financeiros oriundos de transferência do Governo Federal, com finalidade de Incremento Temporário ao Bloco de Proteção Social Básica para Ações de Combate ao COVID-19 no Município."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_n._010-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_n._010-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 36000311436202000, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de Financiar Ações de APOIO À MANUTENÇÃO DE UNIDADES DE SAÚDE DE MÉDIA E ALTA COMPLEXIDADE do Município."</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_n._011-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_n._011-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Propostas nº 36000311445202000, nº 36000311449202000 e nº 36000311441202000, celebradas entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de CUSTEIO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE do Município."</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_n._012-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_n._012-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 36000.2734202/01-900 e Processo  25000..211935/2019-69, celebradas entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de APOIO À MANUTENÇÃO DA UNIDADE DE SAÚDE do Município."</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_n._013-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_n._013-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Propostas nº 360002493152019 e 360002493202019, celebradas entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de CUSTEIO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE do Município."</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_n._014-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_n._014-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 033/2020/FITHA-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, visando a Recuperação de Estradas Vicinais."</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._015-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._015-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 311/PGE-2020, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura, visando a aquisição de 01 trilhadeira de cereais."</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_n._016-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_n._016-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 36000.352283/2020, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO BÁSICA EM SAÚDE do Município."</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_n._017-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_n._017-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta de Aquisição de Equipamentos e Materiais Permanentes, celebrado entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de aquisição de equipamentos e materiais permanentes para a Unidade de Atenção Especializada em Saúde do Município."</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_n._018-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_n._018-2021.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._019-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._019-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta de Aquisição de Equipamentos e Materiais Permanentes, celebrado entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de estruturação da Unidade Básica de Saúde do Município."</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_lei_n._020-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_lei_n._020-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o uso por meio virtual para a instauração, manutenção e arquivamento de processos e atos administrativos e gerenciamento eletrônicos de documentos no âmbito dos órgãos e das entidades da administração pública municipal direta e indireta do Município de Rio Crespo - RO."</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._021-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._021-2021.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI 784/2017, REVOGANDO O ARTIGO 5º DA REFERIDA LEI."</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_n._022-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_n._022-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reestruturação do CACS (FUNDEB) - Conselho de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - do município de Rio Crespo/RO, em conformidade com a regulamentação da Lei Federal nº 14.113, de 25 de dezembro de 2020. Revoga a Lei Municipal 360/2007, de 14 de setembro de 2007 e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_n._023-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_n._023-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV Nº 864120/2018, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a Execução de Obras de Construção do Espaço Múltiplo Uso."</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_n._024-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_n._024-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A MAJORAÇÃO TEMPORÁRIA DOS VALORES DEVIDOS PELA PRESTAÇÃO DE PLANTÕES, DO PROFISSIONAL MÉDICO, QUE TRATRA O ARTIGO 1º DA LEI Nº 796, DE 09 DE ABRIL DE 2018, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_n.025-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_n.025-2021.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A FIRMAR TERMO DE COPERAÇÃO TÉCNICA COM OS MUNICÍPIOS CIRCUNVIZINHOS QUE FAZEM DIVISAS COM O MUNICÍPIO DE RIO CRESPO, PARA RECUPERAÇÃO E MANUTENÇÃO DE ESTRADAS VICINAIS  PRÓXIMAS ÀS DIVISAS DOS MUNICÍPIOS, COMO TAMBÉM MANUTENÇÃO DAS AGROVILAS E CONSERVAÇÃO DOS ACESSOS AOS COMÉRCIOS SITUADOS NOS LIMÍTROFES DO MUNICÍPIOS COOPERADOS."</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_n._026-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_n._026-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 882766/2019-MD, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a Execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_n._027-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_n._027-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 882798/2019-MD, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a Execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_n._028-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_n._028-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio SICONV nº 883901/2019-MD, celebrado entre a União Federal e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa, visando a Execução de obras de pavimentação asfáltica em via urbana com drenagem e calçadas."</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_n._029-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_n._029-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 296/PGE-2020, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por meio da Secretaria de Estado da Agricultura - SEAGRI-RO, visando a aquisição de transporte e distribuição de 300 toneladas de calcário dolomítico para a correção do solo em áreas potencialmente agricultáveis."</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_n._030-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_n._030-2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMISSÃO PERMANENTE DE AVALIAÇÃO IMOBILIÁRIA E ESTABELECE REGRAS PARA FINS DE IMTBI-URBANO - IMPOSTO MUNICIPAL SOBRE A TRANSMISSÃO DE BENS E IMÓVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_n._031-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_n._031-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Plano de Ação da Assistência Social, pactuado entre o Estado de Rondônia e o município de Rio Crespo/RO, por intermédio da Secretaria de Estado de Assistência e Desenvolvimento Social, visando ao Programa de Benefícios Eventuais em Rio Crespo/RO."</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_n._032-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_n._032-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, em favor do Fundo Municipal de Saúde, no valor de R$ 91.319,13, para atender as Portarias nº 2405/2020, 2222/2020, 2358/2020, 2516/2020, 3008/2020, 2994/2020, 731/2021 e 894/2021, editadas pelo Ministério da Saúde, com finalidade de financiar Ações de Saúde para o Enfrentamento da emergência de saúde pública decorrente do Coronavírus - COVID-19 no Município."</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_n._033-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_n._033-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 019/2021/FITHA-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, visando a Recuperação de Estradas Vicinais."</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_n._034-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_n._034-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Programa Estadual de Transporte Escolar Compartilhado Ir e Vir, pactuado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio da Secretaria de Estado de Educação, visando o Transporte dos Alunos da Zona Rural do Município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_n._035-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_n._035-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 028594/2020 - PLATAFORMA + BRASIL Nº 909479/2020, celebrado entre a União e o Município de Rio Crespo/RO, por intermédio do Ministério do Desenvolvimento Regional, visando a Aquisição de Equipamentos - Retroescavadeira e Carreta Agrícola."</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_n.036._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_n.036._2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentaria vigente, para atender ao Convênio n° 056-2021/PJ/DER-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio do Departamento Estadual de Estradas e Rodagem e transportes - DER, visando a Aquisição e Instalação de Bueiros Corrugados PEAD em estradas vicinais do Município de Rio Crespo".</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_n._037-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_n._037-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao plano de Ação nº 09032021-010878, na modalidade de Transparência Especial, oriundo da União Federal para o município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a execução de investimentos na área urbana."</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_n._038-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_n._038-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Plano de Ação nº 09032021-011277, na modalidade de Transferência Especial, oriundo da União Federal para o município de Rio Crespo/RO, por intermédio de Emendas Parlamentares Individuais, visando a execução de investimentos na área educação."</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_n._039-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_n._039-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 395174/2021, celebrada entre a União e o Município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO PRIMÁRIA À SAÚDE."</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_n._040-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_n._040-2021.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI 853/2019, ACRESCENTANDO E EXTINGUINDO ALGUNS CARGOS EM COMISSÃO DO ANEXO II E NO ANEXO III DA REFERIDA LEI."</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n._041-2021_-_ppa.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n._041-2021_-_ppa.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual do Município de Rio Crespo para o quadriênio 2022 a 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_n._042-2021_-_ldo.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_n._042-2021_-_ldo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/233/projetos_de_lei_n._043-2021_-_loa.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/233/projetos_de_lei_n._043-2021_-_loa.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Rio Crespo para o exercício de 2022."</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_n._044-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_n._044-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender para atender ao convênio PLATAFORMA + BRASIL nº 916415/2021 celebrado entre a União e o Município de Rio Crespo/RO, por intermédio do Ministério da Defesa -MD, Departamento do Programa Calha Norte - DPCN, tendo por objeto Pavimentação Asfáltica em Via Urbana com Drenagem e Calçada.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_n._045-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_n._045-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao convênio n. 115/2021/PJ/DER-RO, celebrado entre o Estado de Rondônia e o Município de Rio Crespo/RO, por intermédio do Departamento Estadual de Estrada de Rodagem e Transportes - DER-RO objetivando: a recuperação de estradas vicinais (31,25 km), do Município de Rio Crespo."</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_n._046-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_n._046-2021.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL 689/2015."</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_n._047-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_n._047-2021.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL 700/2015."</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_n._048-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_n._048-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Programa IGD-SUAS Índice Gestão Descentralizada do Sistema Único de Assistência Social, oriundo do Fundo Nacional de Assistência Social ao município de Rio Crespo/RO, visando atender aos Serviços de Assistência Social do município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/249/projeto_de_lei_n._049-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/249/projeto_de_lei_n._049-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder abono excepcional aos profissionais da Educação Básica, em efetivo exercício na rede municipal de ensino de Rio Crespo, e dá outras providências."</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/250/projeto_de_lei_n._050-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/250/projeto_de_lei_n._050-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, em atendimento ao FUNDEB - Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação."</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_n._051-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_n._051-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: RECONHECE COMO UTILIDADE PÚBLICA, A ASSOCIAÇÃO DAS MULHERES UNIDAS DE RIO CRESPO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_n._052-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_n._052-2021.pdf</t>
   </si>
   <si>
     <t>"Emenda à Lei Orçamentária Municipal nº 919, de 15 de dezembro de 2020, alterando o caput do artigo 6º e dá outras providências."</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_n._053-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_n._053-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PERMUTA DE UM TERRENO PERTENCENTE AO MUNICÍPIO DE RIO CRESPO-RO, EM TROCA DA EXPLORAÇÃO DE CASCALHO EM UMA ÁREA DE 20.000 m² LOCALIZADA NO LOTE 10 DA GLEBA 13, LINHA C-95, PELO MUNICÍPIO DE RIO CRESPO-RO, POR UM PERÍODO DE 05 ANOS."</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_n._054-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_n._054-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE ADICIONAL DE PENOSIDADE A SER PAGO AOS SERVIDORES QUE EXERCEREM OS CARGOS DE CARPINTEIRO E OPERADORES DE MOTOSSERRA, NA SECRETARIA DE OBRAS DO MUNICÍPIO DE RIO CRESPO."</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_n._055-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_n._055-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender as Propostas nº 36000.359952/2021, nº 36000.359955/2021 e nº 36000.359958/2021, celebradas entre a União e o município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria nº 1294, de 18/06/2021, com finalidade de financiar ações de CUSTEIO DOS SERVIÇOS DE ATENÇÃO BÁSICA EM SAÚDE do município."</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/265/projeto_de_lei_n._056-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/265/projeto_de_lei_n._056-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender a Proposta nº 36000.359936/2021, celebrada entre a União e o município de Rio Crespo, por intermédio do Fundo Nacional de Saúde, nos termos da Portaria nº 1394, de 25/06/2021-MS, com finalidade de financiar ações de Custeio dos Serviços de Atenção Especializada em Saúde do município."</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/266/projeto_de_lei_n._057-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/266/projeto_de_lei_n._057-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial à Lei Orçamentária vigente, para atender ao Convênio nº 261/PGE-2021, celebrado entre o Estado de Rondônia e o município de Rio Crespo, por intermédio da Secretaria de Estado da Saúde, com finalidade de financiar ações de AQUISIÇÃO DE MATERIAIS MÉDICO-HOSPITALARES."</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_n._058-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_n._058-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE RECONHECER COMO UTILIDADE PÚBLICA, A ASSOCIAÇÃO DE PAIS E PROFESSORES DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL CARROSSEL DOURADO - RIO CRESPO/RO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/287/projetp_de_lei_n.059.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/287/projetp_de_lei_n.059.2021.pdf</t>
   </si>
   <si>
     <t>"MODIFICA OS VALORES DA REMUNERAÇÃO RECEBIDAS PELOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE RIO CRESPO."</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_n.060.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_n.060.2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o serviço de Inspeção Municipal de Produtos de Origem Animal do Município de Rio Crespo, e dá outras Providências. "</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>P.R</t>
   </si>
   <si>
     <t>Projeto de Resolução da Camara Municipal</t>
   </si>
   <si>
     <t>JOALDO GOMES DE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_resolucao_no_001-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_resolucao_no_001-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: sobre a composição das Comissões Permanentes da Câmara Municipal de Rio Crespo/RO e dá outras providências."</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_resolucao_n._002-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_resolucao_n._002-2021.pdf</t>
   </si>
   <si>
     <t>“SÚMULA: Altera a redação do inciso II, do art. 75, do Regimento Interno da Câmara Municipal de Rio Crespo-RO.”</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_resolucao_n._003-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_resolucao_n._003-2021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE: Altera a composição das Comissões Permanentes da Câmara Municipal de Rio Crespo/RO e dá outras providências.”</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_resolucao_n._004-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_resolucao_n._004-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a materialização por ato normativo, oriundo da apreciação e julgamento no âmbito da Câmara Municipal de Rio Crespo-RO, o PARECER PRÉVIO PPL-TC 00031/17, da Prestação de Contas do Exercício de 2016, do Prefeito a época, Senhor EUDES DE SOUSA E SILVA, CPF nº 023.087.694-34, exarado nos autos do processo nº 01587/17/TCE/RO, pelo Tribunal de Contas do Estado de Rondônia."</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_resolucao_n._005-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_resolucao_n._005-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a materialização por ato normativo, oriundo da apreciação e julgamento no âmbito da Câmara Municipal de Rio Crespo-RO, do PARECER PRÉVIO PPL-TC 00052/18, da Prestação de Contas do Exercício de 2017, do Senhor EVANDRO EPIFÂNIO DE FARIA, CPF nº 299.087.102-06, exarado nos autos do processo nº 02081/18/TCE/RO, pelo Tribunal de Contas do Estado de Rondônia."</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>Julg</t>
   </si>
   <si>
     <t>Julgamento de Prestação de Contas do Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/182/processo_n.01587_17-tce-ro_contas_do_ano_de_2016.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/182/processo_n.01587_17-tce-ro_contas_do_ano_de_2016.pdf</t>
   </si>
   <si>
     <t>Processo Legislativo da apreciação e Julgamento pela Câmara Municipal de Rio Crespo-RO, do PARECER PRÉVIO PPL-TC 00031/17 -  EXARADO NOS AUTOS DO PROCESSO Nº 01587/17/TCE-RO - Apensos (03789/15,04692/16,04693/16 e 04993/16)._x000D_
 Subcategoria: Prestação de Contas._x000D_
 Assunto: Prestação de Contas - Exercício de 2016._x000D_
 Jurisdicionado: Prefeitura Municipal de Rio Crespo._x000D_
 Eudes de Sousa e Silva: Responsável;_x000D_
 Givaldo Aparecido Leite: Responsável;_x000D_
 Manoel Saraiva Mendes: Responsável;_x000D_
 Município de Rio Crespo: Interessado.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/183/processo_n.02081_18-tce-ro_contas_do_ano_de_2017.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/183/processo_n.02081_18-tce-ro_contas_do_ano_de_2017.pdf</t>
   </si>
   <si>
     <t>Processo Legislativo da apreciação e Julgamento pela Câmara Municipal de Rio Crespo-RO, do PARECER PRÉVIO PPL-TC 00052/18 -  EXARADO NOS AUTOS DO PROCESSO Nº 02081/18._x000D_
 Subcategoria: Prestação de Contas._x000D_
 Assunto: Prestação de Contas - Exercício de 2017._x000D_
 Jurisdicionado: Prefeitura Municipal de Rio Crespo._x000D_
 Evandro Epifânio de Faria: Responsável;_x000D_
 Givaldo Aparecido Leite: Responsável;_x000D_
 Manoel Saraiva Mendes: Responsável;_x000D_
 Município de Rio Crespo: Interessado.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Ind.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELISAMA BARROS DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_n._001-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_n._001-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, para atender ao requerimento da Associação de Mulheres, através de um termo de comodato, para a transferência da atual sede, localizada na Rua São Paulo, s/n, setor 04, para a parte do prédio que atualmente está localizado o Conselho Tutelar do município de Rio Crespo, para que as associadas possam produzir materiais manufaturados com qualidade e segurança das mesmas que exercerem a função de costureira vinculadas à associação de costura."</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>HIAGO MOREIRA GAVIOLI (HIAGO GAVIOLI)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n._002-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n._002-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a construir 01 (um) quebra-molas na Rua Ermelindo Milani, em frente à Lotérica, neste Município de Rio Crespo, a fim de propiciar maior segurança à população."</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n._003-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n._003-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Obras, para que as estradas vicinais do município de Rio Crespo sejam devidamente sinalizadas com placas que indiquem a linha na qual o usuário se encontra."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>ODAIR JOSÉ RODRIGUES (MANO GREGORIO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n._004-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n._004-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para a retirada urgente das pedras que ficaram na estrada rural do travessão B-65, após o serviço de cascalhamento, neste município de Rio Crespo - RO."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n._005-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n._005-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Urbanismo, para que seja realizado o serviço de rebaixamento do quebra-molas localizado na Rua Joaquim Pedro Sobrinho, próximo à residência do Secretário de Urbanismo, Senhor TONINHO DO CAFÉ, neste município de Rio Crespo - RO."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>GILTAMAR SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n._006-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n._006-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, providências no sentido de realizar a limpeza dos terrenos baldios em toda a cidade, após notificação emitida ao proprietário, cuja mesma não seja cumprida no prazo estabelecido."</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>JOSÉ CARLOS MENDES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n._007-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n._007-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a determinar que o Secretário de Obras deixe sempre disponível AREIA no pátio da garagem da Secretaria de Obras deste município."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n._008-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n._008-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias para canalização da mina de água que brota próximo ao lixão de Rio Crespo, localizado no travessão B-65 do município."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n._009-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n._009-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, providências no sentido de enviar a esta Casa de Leis, Projeto de Lei com o objetivo de emenda a Lei Municipal nº 764/2017, para inserir no texto normativo os profissionais da saúde (Médicos, Enfermeiros e Técnicos em Enfermagem), no combate à “CALAMIDADE PÚBLICA”, como beneficiários da verba instituída pela referida Lei Local."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n._010-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n._010-2021.pdf</t>
   </si>
   <si>
     <t>"Indica, na forma regimental, invocando por analogia o art. 101, inciso IX, da Lei Orgânica do município de Rio Crespo – RO, ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno, Tributos e Contabilidade,  para adoção de medidas necessárias no âmbito interno dessa Prefeitura para realização de um estudo técnico científico na legislação tributária municipal para promoção de políticas públicas positivas para o pequeno agricultor da região de Rio Crespo - RO, para incentivar por meio de INCENTIVO FISCAL a fim de promover um real e verdadeiro FOMENTO da agricultura familiar e o desenvolvimento sustentável da região."</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_n._011-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_n._011-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a sugestão, que por força constitucional, no ano de 2021, os municípios precisam aprovar o Plano Plurianual – PPA, que nada mais é que o instrumento normativo, por meio de Lei Municipal, para vigência entre os anos de 2022 até o ano de 2025, que define as prioridades do Governo Municipal para o período de quatro anos, onde consta o planejamento de como serão executadas as políticas públicas para alcançar os resultados esperados ao bem-estar da população nas diversas áreas da administração pública. Com esse FOCO, entendemos que antes de enviar o Projeto de Lei e seus anexos a esta Casa de Leis, o Senhor Prefeito determine aos Técnicos do Poder Executivo, que venham até esta Casa de Leis, por meio de reunião institucional previamente agendada ainda no primeiro Semestre no ano de 2021, e apresentem aos nobres Edis no exercício da Vereança nesta Casa de Leis as INTENCÕES PRÉVIA DA GESTÃO MUNICIPAL"</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_n._012-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_n._012-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, na forma regimental, invocando por analogia o art. 101, inciso IX, da Lei Orgânica do município de Rio Crespo - RO, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno, Tributos e Contabilidade, para adoção de medidas necessárias no âmbito interno desta Prefeitura para realização de um estudo técnico científico na legislação tributária municipal para promoção de políticas públicas positivas para criar mecanismo FISCAL a fim de verificar  nessa Municipalidade o que pode ser ISENTO a determinados grupos sociais desprestigiados e/ou anistiado a título de multas no período compreendido a partir da deflagração do Estado de Calamidade Pública provocado pela PANDEMIA da COVID-19, a título de IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU."</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>RIVELINO DIAS (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n._013-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n._013-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que envie a esta Casa de Leis, Projeto de Lei com o objetivo específico para a Administração Pública Municipal receber doação de bens, equipamentos hospitalares e serviços de Instituições Privadas para enfrentamento, combate e controle da pandemia provocada pela COVID-19."</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_n._014-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_n._014-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a incluir os profissionais de educação (professores, auxiliares e técnicos administrativos) de toda a rede municipal de ensino, no grupo prioritário de vacinação contra a covid-19, para que todos os profissionais da educação sejam imunizados, para no tempo oportuno retornarmos as aulas presenciais."</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>FAGNER DE SOUZA CARDOSO (GUINA)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_n._015-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_n._015-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a sugestão legislativa, para na hipótese de enviar a esta Casa de Leis Projeto de Lei com objetivo de ajustar PLANTÕES DE MÉDICOS, no combate, enfrentamento e controle da Covid-19, que este Projeto abarque outros Profissionais trabalhando na área de PROMOÇÃO DE SAÚDE PÚBLICA, na linha de Frente no combate a pandemia, como os Enfermeiros e Técnicos em enfermagem, vigias, zeladores de hospitais em contato com pacientes em tratamento e motoristas no transporte de pacientes portadores do vírus SARS-CoV-2."</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, para implementar o Programa de Estágio Profissional no âmbito da Administração Pública Municipal."</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_n._017-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_n._017-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que providencie, com urgência, a reforma da garagem da Secretaria de Obras e a construção de uma guarita para abrigar e dar segurança aos guardas/vigias."</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n.18-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n.18-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que seja efetuada, com Urgência, a Restauração do muro caído do Centro Municipal de Educação Infantil Carrossel Dourado, neste município".</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_n.019-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_n.019-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, Evandro Epifânio de Faria, a construir 02 (dois) quebra molas na Avenida Joaquim Pedro Sobrinho, próximos a Garagem de Obras."</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_n._020-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_n._020-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO,  EVANDRO EPIFÂNIO DE FARIA, a substituição das lâmpadas queimadas na rua Maracatiara, em torno do Campo de Futebol.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n._021-_2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n._021-_2021.pdf</t>
   </si>
   <si>
     <t>" Indica ao Excelentíssimo Senhor Prefeito EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Urbanismo, para construção de Quebra-molas no Setor Chacareiro, que vai do Travessão B-65 até a Linha C-85."</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>ROSELINA MIRANDA MUCHINSKI (ROSE)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n._022-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n._022-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Urbanismo, para construção de 01 (um) quebra-molas, com a máxima urgência, em frente à residência do Senhor AFONSO DOS SANTOS REIS, no Travessão B-65."</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_n._023-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_n._023-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a necessidade de providenciar um Caminhão Pipa para molhar as ruas da cidade e os setores chacareiros do município de Rio Crespo/RO, visando diminuir a quantidade de poeira."</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n.024-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n.024-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com a Secretaria de Urbanismo, para que seja instalada uma faixa elevada para pedestres na rua Governador Osvaldo Piana Filho, em frente à Escola Estadual Francisco Mignone."</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n._025-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n._025-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja colocado um PADRÃO DE ENERGIA ELÉTRICA e POSTES DE ILUMINAÇÃO no cemitério municipal."</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_n._026.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_n._026.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, a aquisição de equipamento termonebulizador portátil, para uso da equipe de ENDEMIAS do município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n.027.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n.027.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA,  providencias no sentido de realizar chapisco no muro da creche CARROSSEL DOURADO deste Município.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n._028-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n._028-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a substituição das lâmpadas queimadas na PRAÇA MUNICIPAL, rua Governador Osvaldo Piana Filho, próxima à Câmara Municipal."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_n._029-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_n._029-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que sejam realizadas a REFORMA e a DESINFECÇÃO, com a máxima urgência, do CENTRO CULTURAL de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_n._030-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_n._030-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a sugestão legislativa, conforme ante esboço de ante projeto em anexo, para enviar a esta Casa Legislativa o respectivo Projeto de Lei, com objetivo de implantar políticas públicas municipal de valorização de servidores da Educação, considerando os efeitos da pandemia do novo coronavírus (SARS-COV-2) causador da doença Covid-19, para instituir em caráter temporário, enquanto perdurar o surto provocado pela pandemia, a gratificação específica e temporária de apoio técnico-administrativo-GEPE, atribuída ao servidor de cargo de provimento efetivo e temporário, para os profissionais da Educação, assim atribuídos conforme a Lei Federal nº 9.394, de 20 de dezembro de 1996."</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n._031-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n._031-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja providenciado com a máxima urgência um portão para a garagem da obra."</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n.32.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n.32.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que providencie, com urgência, um AR CONDICIONADO para o centro de fisioterapia do município."</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n.033.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n.033.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que providencie, com a Máxima Urgência, um bebedouro para a UBS (Unidade Básica de Saúde), do Município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n._34.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n._34.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias em conjunto com o setor competente, para que seja colocado com Urgência um PADRÃO DE ENERGIA ELÉTRICA  E QUATRO REFLETORES no cemitério Municipal de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_n._035.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_n._035.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a aquisição de uma LAVADOURA DE ALTA PRESSÃO para lavagem e limpeza dos veículos e equipamentos agrícolas das secretarias de obras e transportes.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_n._036-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_n._036-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que sejam colocadas com a máxima urgência, PLACAS COM OS NOMES DAS RUAS, nessa cidade de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n._037-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n._037-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, através da Secretaria de Saúde, que providencie, com urgência, a contratação de um profissional MÉDICO GINECOLOGISTA para o município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_n.038.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_n.038.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja feita com urgência a manutenção na linha C-100, do Município de Rio Crespo/RO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_n39._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_n39._2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que sejam realizados os serviços de CASCALHAMENTO da rua Paraná e LIMPEZA DE UMA VALETA localizado no mesmo endereço."</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_n.040.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_n.040.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a necessidade de criar uma Lei, que concede PONTO FACULTATIVO aos Servidores Público Municipal de Rio Crespo/RO, no dia do seu aniversário.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_n041-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_n041-2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, a adoção de medidas necessárias, em conjunto com o setor competente, para que seja tampados, com urgência,  os buracos que têm na rua Maracatiara  no Município de Rio Crespo-RO."</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n.042.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n.042.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, providências no sentido de diferenciar os salários dos Servidores Públicos Municipais da UBS dos servidores Públicos Municipais do HPP, no Município de Rio Crespo/RO."</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_no_043._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_no_043._2021.pdf</t>
   </si>
   <si>
     <t>"Indica, na forma regimental, invocando por analogia o Art.101, inciso IX, da Lei Orgânica do Município de Rio Crespo/RO, ao Excelentíssimo Senhor Prefeito do município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico para adoção de medidas necessárias no âmbito interno desta Prefeitura para realização de um Estudo Técnico Científico na Legislação que criou e dispõe sobre o Plano de Cargos, Carreira, Remuneração dos Trabalhadores em Educação da Rede Púbica Municipal de Ensino de Rio Crespo/RO, por meio de Lei Municipal nº 549/2011, que já foi objeto de Emendas por meio das normas, Lei Ordinária Municipal n° 763, de 24 de maio de 2017, Lei Ordinária  Municipal n° 772, de 13 de outubro de 2017, Lei Ordinária Municipal n° 775, de 13 de outubro de 2017,para enviar a esta Casa de Leis POJETO DE LEI para EMENDAR O ART. 48, “caput”, da lei n° 549/2011, para alterar DATA BASE, para negociação e reposição salarial..."</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>RIVELINO DIAS  (RIVELINO POCEIRO)</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_044._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_044._2021.pdf</t>
   </si>
   <si>
     <t>"Indica, na forma regimental, invocando por analogia o Art. 101, inciso IX, da Lei Orgânica do Município de Rio Crespo-RO, ao Excelentíssimo Senhor Prefeito do Município de Rio Crespo-RO, EVANDRO EPIFÂNIO DE FARIA, a sugestão institucional para acionar seu corpo de profissionais do Jurídico, Controle Interno, Tributos e Contabilidade, para adoção de medidas necessárias no âmbito interno dessa Prefeitura, para realização de um estudo técnico científico na legislação tributária municipal e enviar até esta Casa Legislativa um PROJETO DE LEI, para promoção de políticas públicas positivas e disponibilidade de serviços públicos para a prestação de serviços públicos de pequenas obras e/ou assemelhados, que necessitem de maquinários do Poder Público diretamente a cada interessado, mediante pagamento de TAXAS, a população residente em imóveis Urbano do nosso município de Rio Crespo-RO."</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_n.045.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_n.045.2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, EVANDRO EPIFÂNIO DE FARIA, que seja feita com urgência, a adequação salarial para todos os professores da rede Municipal.¨</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_n._046.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_n._046.2021.pdf</t>
   </si>
   <si>
     <t>em conjunto com a Secretaria de Saúde  do Município de Rio Crespo/RO, que providencie com a máxima urgência um seletivo para restituir o quadro de servidores desfalcados  de agente de combate endemias e ACS (Agente Comunitário de Saúde), do Município, especificando no Edital que os ACS, terá que residir em suas respectivas Linhas, onde iram exercer suas atividades. exceto aqueles que irão trabalhar no setor chacareiro e perímetro urbano.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_001-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_001-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que o Projeto de Resolução nº 001/2021 – do Legislativo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_002-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_002-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que o Projeto de Lei nº 001/2021 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento_no_003-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento_no_003-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que os Projetos de Lei nº 002 e 003/2021 – do Executivo Municipal, que estão em pauta, sejam votados em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_004-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_004-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que os Projetos de Lei nº 004 e 005/2021 – do Executivo Municipal, que estão em pauta, sejam votados em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento_n._005-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento_n._005-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que o Projeto de Lei nº 009/2021 – do Executivo Municipal, seja incluído na Ordem do Dia e votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_n._006-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_n._006-2021.pdf</t>
   </si>
   <si>
     <t>"Eu, JOALDO GOMES DE CARVALHO, Presidente desta Mesa Diretora, venho com todo respeito e acato REQUERER dos nobres Vereadores, que o Projeto de Resolução nº 002/2021 – do Legislativo Municipal, seja incluído na Ordem do Dia e votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_n._007-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_n._007-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 006/2021 – do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_n._008-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_n._008-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 008/2021 – do Executivo Municipal, que está em pauta, seja votado em Turno Único na presente Sessão."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_n._009-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_n._009-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que seja dispensado o interstício de um Turno para o outro e incluída a votação do 2º Turno do Projeto de Lei nº 011/2021 – do Executivo Municipal, na Ordem do Dia da presente Sessão."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 014/2021 – do Executivo Municipal, seja incluído da Ordem do Dia e votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>FEBRE</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_n._011-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_n._011-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 016/2021 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_n._012-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_n._012-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 022/2021 – do Executivo Municipal, que está em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_n._013-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_n._013-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 023/2021 – do Executivo Municipal, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_n.014-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_n.014-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que que seja  dispensado o interstício de um Turno para o outro e incluída a votação do 2° Turno do projeto de  Lei nº 024/2021 – do Executivo Municipal, na Ordem do Dia da presente Sessão."</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_n._015-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_n._015-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos Nobres Vereadores, que o projeto de Lei n. 025/2021 -do Executivo Municipal, que esta Pauta, seja votada em Turno Único na presente Sessão".</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>"REQUER dos Nobres Vereadores, que o Projeto de Lei n° 26/2021 - do Executivo Municipal, que esta em Pauta, seja votado em Turno Único, na presente Sessão".</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_n._017-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_n._017-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos Nobres Vereadores, que o projeto de Lei n. 027/2021 -do Executivo Municipal, que esta Pauta, seja votada em Turno Único na presente Sessão".</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_n._018-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_n._018-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos Nobres Vereadores, que o projeto de Lei n. 028/2021 -do Executivo Municipal, que esta Pauta, seja votada em Turno Único na presente Sessão".</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_n.019-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_n.019-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos Nobres Vereadores, que o projeto de Lei n. 029/2021 -do Executivo Municipal, que esta Pauta, seja votada em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_n.20-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_n.20-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 030/2021 - do Executivo Municipal, que esta pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_n.021-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_n.021-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 032/2021 - do Executivo Municipal, que esta pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/207/requeriment_n._022-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/207/requeriment_n._022-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 033/2021 - do Executivo Municipal, que esta pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_n._023-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_n._023-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 031/2021 - do Executivo Municipal, que esta pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_n._24-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_n._24-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 034/2021 - do Executivo Municipal, que esta pauta, seja votado em TURNO ÚNICO na presente Sessão Extraordinária."</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n._025.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n._025.2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 036/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_n._026-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_n._026-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 039/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_n._027-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_n._027-2021.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, que o Projeto de Lei nº 044/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_n.028.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_n.028.2021.pdf</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que o Projeto de Lei nº 046/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_n_029._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_n_029._2021.pdf</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que o Projeto de Lei nº 049/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_030._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_030._2021.pdf</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que o Projeto de Lei nº 050/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_n._031.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_n._031.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 052/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_n._032.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_n._032.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 054/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_n.033.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_n.033.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 055/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_n._034.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_n._034.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 056/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_n.035.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_n.035.2021.pdf</t>
   </si>
   <si>
     <t>REQUER dos nobres Vereadores, que o Projeto de Lei nº 058/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_n.036.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_n.036.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 059/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_n._037.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_n._037.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 053/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_n.038.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_n.038.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 057/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_n._039.201.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_n._039.201.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que os Projetos de Lei nº  041 e 042/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_n._040.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_n._040.2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 040/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_n._041._2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_n._041._2021.pdf</t>
   </si>
   <si>
     <t>¨REQUER dos nobres Vereadores, que o Projeto de Lei nº 060/2021 - do Executivo Municipal, que esta em pauta, seja votado em TURNO ÚNICO na presente Sessão."</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>P.Sup</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/295/proposta_de_emenda_suprassiva_001.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/295/proposta_de_emenda_suprassiva_001.2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Fica suprimido o artigo 5º do Projeto de Lei nº 053/2021 - do Executivo Municipal."</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>P.Mod</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/294/proposta_de_emenda_modificativa_n_001.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/294/proposta_de_emenda_modificativa_n_001.2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Fica modificado o artigo 1º do Projeto de Lei nº 053/2021 - do Executivo Municipal."</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/276/proposta_de_emenda_modificativa_002.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/276/proposta_de_emenda_modificativa_002.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe: Ficam Modificado os Art. 6º e 8º do Projeto de Lei n. 043.2021- de Autoria do poder Executivo Municipal."</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>P.Adi</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
     <t>"Dispõe: Acrescenta a alínea "e" ao artigo 5º do projeto de Lei nº 040/2021- do Executivo municipal."</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/282/emenda_aditiva_002.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/282/emenda_aditiva_002.2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe; Fica acrescentado o paragrafo unico e os incisos I, II, III, IV, V, VI, VII, VIII, E IX, ao artigo 3º do projeto de lei nº 041/2021- do Executivo Municipal."</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>RGV</t>
   </si>
   <si>
     <t>REQUERIMENTO GABINETE VEREADOR GILTAMAR</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_n._001-2021_-_vereador_giltamar.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_n._001-2021_-_vereador_giltamar.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, com amparo em disposições regimentais, que seja abonada a minha falta na Décima Primeira Sessão Ordinária desta Casa de Leis, que se realizou no dia 26 de abril de 2021, tendo em vista a necessidade de isolamento a que fui submetido pela equipe da CENTRAL COVID-19 do município de Rio Crespo, do dia 24/04/2021 até o dia 04/05/2021, conforme TERMO DE CONSENTIMENTO LIVRE E ESCLARECIDO (anexo)."</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>REQUERIMENTO GABINETE VEREADOR ODAIR JOSÉ</t>
   </si>
   <si>
     <t>"Eu, ODAIR JOSÉ RODRIGUES, Vereador desta Casa de Leis, venho com todo respeito e acato requerer dos nobres Vereadores, com amparo em disposições regimentais, que seja abonada a minha falta na Nona Reunião da Comissão de Finanças, Fiscalização Financeira e Orçamentária e na Nona Sessão Ordinária desta Casa de Leis, que se realizaram no dia 15 de abril de 2021, tendo em vista a necessidade de isolamento a que fui submetido pela equipe da CENTRAL COVID-19 do município de Rio Crespo, do dia 10 até o dia 15 de abril de 2021, conforme TERMO DE CONSENTIMENTO LIVRE E ESCLARECIDO (anexo)."</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>VPMD</t>
   </si>
   <si>
     <t>Vice-Presidente da Mesa Diretora-Biênio 2021/2022</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE RIO CRESPO-RO - CRMC</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração e votação do Vice-Presidente da Mesa Diretora da Câmara Municipal de Rio Crespo - Biênio de 2021/2022."</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>REQUERIMENTO GABINETE VEREADOR HIAGO GAVIOLI</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_n._001-2021_-_do_gabinete_do_vereador_hiago.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_n._001-2021_-_do_gabinete_do_vereador_hiago.pdf</t>
   </si>
   <si>
     <t>"REQUER dos nobres Vereadores, com amparo em disposições regimentais, que seja abonada a sua falta na Vigésima Terceira Sessão Ordinária desta Casa de Leis, que se realizou no dia 17 de agosto de 2021, tendo em vista que ele foi participar do TREINAMENTO: GESTÃO DO PORTAL TRANSPARÊNCIA E OUVIDORIA PÚBLICA MUNICIPAL, oferecido pelo Grupo Incap Treinamentos, no período de 16 a 18/08/2021, na cidade de Ji-Paraná - RO."</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/227/proposta_de_emenda_aditiva_n._001-2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/227/proposta_de_emenda_aditiva_n._001-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE: Acrescenta a alínea "e" ao artigo 5º do Projeto de Lei nº 040/2021 - do Executivo Municipal."</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/246/proposta_de_emenda_aditiva_n._002.2021.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/246/proposta_de_emenda_aditiva_n._002.2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe: Fica acrescentado o Parágrafo Único e os Incisos I, II, III, IV, V, VI, VII, VIII e IX, ao Artigo 3º do Projeto de Lei nº 041/2021 - do Executivo Municipal."</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>CCRJ</t>
   </si>
   <si>
     <t>Comissão de Constituição, Redação e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/297/comissao_de_justica.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/297/comissao_de_justica.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Redação e Justiça.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>CFFFO</t>
   </si>
   <si>
     <t>Comissão de Finanças, F. F. e Orçamentária</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/298/comissao_de_financas.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/298/comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Fiscalização Financeira e Orçamentária.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>CUIM</t>
   </si>
   <si>
     <t>Comissão de Urbanismo e Infraestrutura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/299/comissao_de_urbanismo.pdf</t>
+    <t>http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/299/comissao_de_urbanismo.pdf</t>
   </si>
   <si>
     <t>Comissão de Urbanismo e Infraestrutura Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2204,68 +2204,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_n._016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_lei_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._021-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_n._024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_n.025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_n._026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_n._027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_n._028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_n._029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_n._032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_n._033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_n._034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_n._035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_n.036._2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_n._038-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_n._039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_n._040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n._041-2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_n._042-2021_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/233/projetos_de_lei_n._043-2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_n._044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_n._045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_n._046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_n._047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_n._048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/249/projeto_de_lei_n._049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/250/projeto_de_lei_n._050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_n._051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_n._052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_n._053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_n._054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_n._055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/265/projeto_de_lei_n._056-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/266/projeto_de_lei_n._057-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_n._058-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/287/projetp_de_lei_n.059.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_n.060.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_resolucao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_resolucao_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_resolucao_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_resolucao_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/182/processo_n.01587_17-tce-ro_contas_do_ano_de_2016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/183/processo_n.02081_18-tce-ro_contas_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n.18-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_n.019-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n._021-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n.024-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n._025-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_n._026.2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n.027.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n._028-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_n._029-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n.32.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n.033.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n._34.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_n._035.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_n._036-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_n.038.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_n39._2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_n.040.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_n041-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n.042.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_no_043._2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_044._2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_n.045.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_n._046.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_n.014-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_n.019-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_n.20-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_n.021-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/207/requeriment_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_n._24-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n._025.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_n._026-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_n._027-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_n.028.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_n_029._2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_030._2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_n._031.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_n._032.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_n.033.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_n._034.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_n.035.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_n.036.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_n._037.2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_n.038.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_n._039.201.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_n._040.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_n._041._2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/295/proposta_de_emenda_suprassiva_001.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/294/proposta_de_emenda_modificativa_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/276/proposta_de_emenda_modificativa_002.2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/282/emenda_aditiva_002.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_n._001-2021_-_vereador_giltamar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_n._001-2021_-_do_gabinete_do_vereador_hiago.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/227/proposta_de_emenda_aditiva_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/246/proposta_de_emenda_aditiva_n._002.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/297/comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/298/comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/299/comissao_de_urbanismo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_n._016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_n._019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_lei_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_n._021-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_n._024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_n.025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_n._026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_n._027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_n._028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_n._029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_n._032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_n._033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_n._034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_n._035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_n.036._2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_n._038-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_n._039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_n._040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n._041-2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_n._042-2021_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/233/projetos_de_lei_n._043-2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_n._044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_n._045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_n._046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_n._047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_n._048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/249/projeto_de_lei_n._049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/250/projeto_de_lei_n._050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_n._051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_n._052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_n._053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_n._054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_n._055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/265/projeto_de_lei_n._056-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/266/projeto_de_lei_n._057-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_n._058-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/287/projetp_de_lei_n.059.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_n.060.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_resolucao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_resolucao_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_resolucao_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_resolucao_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/182/processo_n.01587_17-tce-ro_contas_do_ano_de_2016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/183/processo_n.02081_18-tce-ro_contas_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n.18-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_n.019-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n._021-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n.024-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n._025-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_n._026.2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n.027.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n._028-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_n._029-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n.32.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n.033.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n._34.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_n._035.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_n._036-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_n.038.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_n39._2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_n.040.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_n041-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n.042.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_no_043._2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_044._2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_n.045.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_n._046.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_n.014-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_n.019-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_n.20-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_n.021-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/207/requeriment_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_n._24-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n._025.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_n._026-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_n._027-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_n.028.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_n_029._2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_030._2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/268/requerimento_n._031.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_n._032.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_n.033.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento_n._034.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_n.035.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_n.036.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_n._037.2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_n.038.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_n._039.201.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_n._040.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_n._041._2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/295/proposta_de_emenda_suprassiva_001.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/294/proposta_de_emenda_modificativa_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/276/proposta_de_emenda_modificativa_002.2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/282/emenda_aditiva_002.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_n._001-2021_-_vereador_giltamar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_n._001-2021_-_do_gabinete_do_vereador_hiago.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/227/proposta_de_emenda_aditiva_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/246/proposta_de_emenda_aditiva_n._002.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/297/comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/298/comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riocrespo.ro.leg.br/media/sapl/public/materialegislativa/2021/299/comissao_de_urbanismo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>